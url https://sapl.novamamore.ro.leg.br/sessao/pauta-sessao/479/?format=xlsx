--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -10,129 +10,123 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="56">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 316 de 2025</t>
   </si>
   <si>
     <t>MARCÉLIO RODRIGUES UCHÔA - PREFEITO</t>
   </si>
   <si>
     <t>Cria Vagas de Cargos de Provimento Efetivo e os_x000D_
 incorpora à Lei Municipal no 634 do ano de 2008,_x000D_
 que dispõe sobre o Plano de Cargos, Carreiras e_x000D_
 Salários do Poder Executivo do Município de_x000D_
 Nova Mamoré e dá outras providências.</t>
   </si>
   <si>
-    <t>AGUARDANDO PARECER</t>
+    <t>Proposição aprovada</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 326 de 2025</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional_x000D_
 suplementar por excesso de arrecadação no_x000D_
 orçamento vigente.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 327 de 2025</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Adicional Suplementar por Anulação no Orçamento Vigente.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 328 de 2025</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Adicional_x000D_
 Suplementar por Anulação no Orçamento_x000D_
 Vigente.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 330 de 2025</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional_x000D_
 especial por excesso de arrecadação no_x000D_
 orçamento vigente.</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 331 de 2025</t>
   </si>
   <si>
-    <t>Proposição encaminhada para o Presidente</t>
-[...1 lines deleted...]
-  <si>
     <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 333 de 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Não informada</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 19 de 2025</t>
   </si>
   <si>
     <t>CPCJFEFFO - C.P DE CONSTITUIÇÃO, JUST., FINAN., ECON., E FISC. FINA. E O</t>
   </si>
   <si>
     <t>Requer aprovação por esta Câmara Municipal de Nova Mamoré, para realização de_x000D_
 audiência pública no dia 17/11/2025, às 17h00min, relativa ao Projeto de Lei nº 304-_x000D_
 GP/2025, que dispões sobre o Plano Plurianual do Município de Nova Mamoré para o_x000D_
 quadriênio 2026 - 2029, nos termos do art. 88, do Regimento Interno.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 20 de 2025</t>
   </si>
   <si>
     <t>Requer aprovação por esta Câmara Municipal de Nova Mamoré, para realização de_x000D_
 audiência pública no dia 24/11/2025, às 17h00min, relativa ao Projeto de Lei nº 312-_x000D_
 GP/2025, que Estima a Receita e Fixa a Despesa do Município de Nova Mamoré para o_x000D_
 Exercício Financeiro de 2026 – LOA, nos termos do art. 88, do Regimento Interno.</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 21 de 2025</t>
   </si>
@@ -195,50 +189,95 @@
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” a Ilustríssima_x000D_
 Senhora Mariana Carvalho.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 12 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” ao Ilustríssimo_x000D_
 Senhor Maurício Carvalho.</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO nº 13 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” ao Ilustríssimo_x000D_
 Senhor Expedito Gonçalves_x000D_
 Ferreira Netto.</t>
+  </si>
+  <si>
+    <t>expediente</t>
+  </si>
+  <si>
+    <t>ATA DAS SESSÕES ORDINÁRIAS nº 35 de 2025</t>
+  </si>
+  <si>
+    <t>ADALTO,JOALDO,SARGENTO MILTON</t>
+  </si>
+  <si>
+    <t>ATA DA 35ª (TRIGÉSIMA QUINTA) SESSÃO ORDINÁRIA DA CÂMARA _x000D_
+MUNICIPAL DE NOVA MAMORÉ, REFERENTE AO SEGUNDO PERÍODO _x000D_
+DA PRIMEIRA SESSÃO LEGISLATIVA DA DÉCIMA LEGISLATURA, _x000D_
+REALIZADA NO DIA 03 DE NOVEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>ATA APROVADA</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA (ORIGEM LEGISLATIVO)ATUAL nº 38 de 2025</t>
+  </si>
+  <si>
+    <t>Mesa Diretora</t>
+  </si>
+  <si>
+    <t>Institui o Plano de Cargos e_x000D_
+Carreiras dos Servidores Públicos_x000D_
+da Câmara Municipal de Nova_x000D_
+Mamoré-RO.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA (ORIGEM EXECUTIVO)ATUAL nº 332 de 2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a_x000D_
+Celebrar Termo de Cooperação_x000D_
+técnica com a Prefeitura de Porto_x000D_
+Velho/RO para a_x000D_
+cessão/Disponibilização, em caráter_x000D_
+oneroso, de Servidores, e dá outras_x000D_
+providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -530,62 +569,62 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="63.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="66" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="80.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="39.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="19.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>6706</v>
@@ -681,271 +720,331 @@
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>6751</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>16</v>
       </c>
       <c r="F7" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>6753</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>6754</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>6755</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>6757</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>6758</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>6759</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>6760</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F14" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>6761</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>6762</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F16" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>6763</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>6764</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>6864</v>
+      </c>
+      <c r="B19" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="C19" t="s">
         <v>46</v>
       </c>
-      <c r="F18" t="s">
-        <v>22</v>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
+        <v>48</v>
+      </c>
+      <c r="F19" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>6765</v>
+      </c>
+      <c r="B20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>51</v>
+      </c>
+      <c r="E20" t="s">
+        <v>52</v>
+      </c>
+      <c r="F20" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>6752</v>
+      </c>
+      <c r="B21" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" t="s">
+        <v>55</v>
+      </c>
+      <c r="F21" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>