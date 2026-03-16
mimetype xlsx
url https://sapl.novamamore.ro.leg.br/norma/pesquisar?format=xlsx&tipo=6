--- v0 (2026-01-28)
+++ v1 (2026-03-16)
@@ -48,3020 +48,3020 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1640/resolucao_no_001-cmnm-2026_-adequacao_do_salario_minimo_no_ano_2026.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1640/resolucao_no_001-cmnm-2026_-adequacao_do_salario_minimo_no_ano_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do salário_x000D_
 mínimo no ano de 2026 no âmbito Câmara_x000D_
 Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1638/resolucao_no_022-cmnm-2025-organizacao_dos_trabalhos_administrativos_cmnm.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1638/resolucao_no_022-cmnm-2025-organizacao_dos_trabalhos_administrativos_cmnm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização dos _x000D_
 trabalhos administrativos da Câmara _x000D_
 Municipal de Nova Mamoré durante o _x000D_
 período de recesso funcional e _x000D_
 estabelece a concessão de dias de folga _x000D_
 compensatória aos servidores que _x000D_
 atuarem nesse período.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1637/resolucao_no_021-cmnm-2025-dispoe_sobre_a_nomeacao_da_comissao_conferencia_de_caixa.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1637/resolucao_no_021-cmnm-2025-dispoe_sobre_a_nomeacao_da_comissao_conferencia_de_caixa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da comissão _x000D_
 para conferência de caixa referente ao _x000D_
 exercício de 2024, da Câmara Municipal _x000D_
 de Nova Mamoré/RO e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1636/resolucao_no_020-cmnm-2025-nomeacao_dos_membros__comissao_ccj.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1636/resolucao_no_020-cmnm-2025-nomeacao_dos_membros__comissao_ccj.pdf</t>
   </si>
   <si>
     <t>Dispõe quanto à nomeação dos membros da_x000D_
 Comissão de Constituição, Justiça, Finanças,_x000D_
 Economia e Fiscalização  Financiamento e _x000D_
 Orçamentária da Câmara_x000D_
 Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1597/resolucao_no_019-cmnm-2025-com_a_publicacao.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1597/resolucao_no_019-cmnm-2025-com_a_publicacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o gerenciamento, uso e controle da frota _x000D_
 de veículos oficiais, o abastecimento, manutenção e _x000D_
 controle de combustível no âmbito da Câmara Municipal _x000D_
 de Nova Mamoré/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1574/01-resolucao-n_018-cmnm-2025_repaired.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1574/01-resolucao-n_018-cmnm-2025_repaired.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão de Proteção_x000D_
 de Dados e Transparência_x000D_
 (CPDT), para adequação do_x000D_
 Poder Legislativo Municipal à_x000D_
 Lei Geral de Proteção de Dados_x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1573/resolucao_17_merged.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1573/resolucao_17_merged.pdf</t>
   </si>
   <si>
     <t>Cria a Frente Parlamentar da Agricultura Familiar _x000D_
 no Município de Nova Mamoré e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1555/resolucao_no_016-cmnm-2025-institui_a_frente_parlamentar.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1555/resolucao_no_016-cmnm-2025-institui_a_frente_parlamentar.pdf</t>
   </si>
   <si>
     <t>Institui a Frente Parlamentar de_x000D_
 Acompanhamento da Ponte Binacional no _x000D_
 âmbito da Câmara Municipal de Nova _x000D_
 Mamoré-RO, e dá outras providências.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1554/resolucao_no_015-cmnm-2025-criacao_de_frentes_parlamentares.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1554/resolucao_no_015-cmnm-2025-criacao_de_frentes_parlamentares.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação de Frentes Parlamentares _x000D_
 no âmbito da Câmara Municipal de Nova Mamoré, _x000D_
 Estado de Rondônia.”</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1553/resolucao_no_014-cmnm-2025-regulamentacao_da_lei_13.709-2018-lgpd.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1553/resolucao_no_014-cmnm-2025-regulamentacao_da_lei_13.709-2018-lgpd.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA, NO ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO, A _x000D_
 APLICAÇÃO DA LEI Nº 13.709, DE 14 DE AGOSTO _x000D_
 DE 2018, LEI GERAL DE PROTEÇÃO DE DADOS _x000D_
 PESSOAIS - LGPD.”</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1540/resolucao_no_013-cmnm-2025-cria_a_comissao_para_realizacao_de_estudo_pccs_-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1540/resolucao_no_013-cmnm-2025-cria_a_comissao_para_realizacao_de_estudo_pccs_-.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão para realização de _x000D_
 estudos quanto à estrutura _x000D_
 organizacional e ao plano de _x000D_
 cargos e carreiras da Câmara _x000D_
 Municipal de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1525/resolucao_no_012-cmnm-2025-governo_digital.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1525/resolucao_no_012-cmnm-2025-governo_digital.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação, no âmbito da Câmara_x000D_
 Municipal de Nova Mamoré, da Lei Federal nº 14.129, de 29_x000D_
 de março de 2021, que trata dos princípios, regras e_x000D_
 instrumentos para o Governo Digital e para o aumento da_x000D_
 eficiência pública.”</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1506/resolucao_no_011-cmnm-2025-governo_digital.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1506/resolucao_no_011-cmnm-2025-governo_digital.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação, no âmbito da_x000D_
 Câmara Municipal de Nova Mamoré, da Lei_x000D_
 Federal nº 14.129, de 29 de março de 2021, que_x000D_
 trata dos princípios, regras e instrumentos para o_x000D_
 Governo Digital e para o aumento da eficiência_x000D_
 pública.”</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1488/resolucao_no_010-cmnm-2025-instituicao_sistema_de_controle_interno.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1488/resolucao_no_010-cmnm-2025-instituicao_sistema_de_controle_interno.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Instituição do                      _x000D_
 Sistema de Controle Interno do Poder _x000D_
 Legislativo do Município de Nova _x000D_
 Mamoré - RO e dá outras _x000D_
 providências”.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1453/resolucao_no_008-cmnm-2025-ressarcimento_por_deslocamento.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1453/resolucao_no_008-cmnm-2025-ressarcimento_por_deslocamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ressarcimento de despesas com _x000D_
 deslocamento intermunicipal e interestadual, _x000D_
 realizado com veículos não oficiais terrestres, por_x000D_
 agentes políticos, servidores efetivos e _x000D_
 comissionados da Câmara Municipal de Nova _x000D_
 Mamoré, estabelecendo critérios, vedações e _x000D_
 procedimentos para sua concessão.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1470/resolucao_no_009-cmnm-2025-planejamento_estrategico.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1470/resolucao_no_009-cmnm-2025-planejamento_estrategico.pdf</t>
   </si>
   <si>
     <t>Institui o Planejamento Estratégico no âmbito _x000D_
 da Câmara Municipal de Nova Mamoré para a _x000D_
 10ª legislatura (2025 – 2028).</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1437/resolucao_no_007-cmnm-2025-filiacao_ucaver.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1437/resolucao_no_007-cmnm-2025-filiacao_ucaver.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação da Câmara _x000D_
 Municipal de Vereadores de Nova Mamoré –_x000D_
 RO, à União de Câmaras e Vereadores de _x000D_
 Rondônia — UCAVER".</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1435/resolucao_no_006-cmnm-2025-filiacao_abracam.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1435/resolucao_no_006-cmnm-2025-filiacao_abracam.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação desta Câmara _x000D_
 Municipal à Associação Brasileira de _x000D_
 Câmaras Municipais - ABRACAM, e dá _x000D_
 outras providências</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1395/resolucao_no_005-cmnm-2025-regulamentacao_salario_minimo.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1395/resolucao_no_005-cmnm-2025-regulamentacao_salario_minimo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação do salário _x000D_
 mínimo no ano de 2025 no âmbito Câmara _x000D_
 Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1394/resolucao_no_004-cmnm-2025-exoneracao.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1394/resolucao_no_004-cmnm-2025-exoneracao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre exonerações de cargos em _x000D_
 comissão da Câmara Municipal de Nova _x000D_
 Mamoré/RO.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1391/resolucao_no_003-cmnm-2025-comissao_de_agricultura_e_abastecimento_industria_e_comercio_minas_e_energia_politica_agraria_e_defesa_do_consumidor.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1391/resolucao_no_003-cmnm-2025-comissao_de_agricultura_e_abastecimento_industria_e_comercio_minas_e_energia_politica_agraria_e_defesa_do_consumidor.pdf</t>
   </si>
   <si>
     <t>Dispõe quanto à nomeação dos membros _x000D_
 da Comissão de Agricultura, Indústria e _x000D_
 Comércio, Minas e Energia, Política Agrária _x000D_
 e Defesa do Consumidor da Câmara _x000D_
 Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1390/resolucao_no_002-cmnm-2025-comissao_de_educacao_saude_assistencia_social_obras_e_servicos_publicos.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1390/resolucao_no_002-cmnm-2025-comissao_de_educacao_saude_assistencia_social_obras_e_servicos_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe quanto à nomeação dos membros _x000D_
 da Comissão de Educação, Saúde, _x000D_
 Assistência Social, Obras e Serviços _x000D_
 Públicos da Câmara Municipal de Nova _x000D_
 Mamoré/RO.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1389/resolucao_no_001-cmnm-2025_-_comissao_de_constituicao_justica_financas_economia_e_fiscalizacao_financeira_e_orcamentaria.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1389/resolucao_no_001-cmnm-2025_-_comissao_de_constituicao_justica_financas_economia_e_fiscalizacao_financeira_e_orcamentaria.pdf</t>
   </si>
   <si>
     <t>Dispõe quanto à nomeação dos _x000D_
 membros da Comissão de _x000D_
 Constituição, Justiça, Finanças, _x000D_
 Economia e Fiscalização _x000D_
 Financiamento e Orçamentária da _x000D_
 Câmara Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1441/resolucao_no_019-cmnm-2024_-aprova_a_politica_geral_de_privacidade_e_a_protecao_de_dados_pessoais.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1441/resolucao_no_019-cmnm-2024_-aprova_a_politica_geral_de_privacidade_e_a_protecao_de_dados_pessoais.pdf</t>
   </si>
   <si>
     <t>Aprova a Política Geral de Privacidade e _x000D_
 Proteção de Dados Pessoais, a Política _x000D_
 de Segurança da Informação e o Aviso _x000D_
 de Privacidade no âmbito da Câmara _x000D_
 Municipal de Nova Mamoré/RO.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1440/resolucao_no_018-cmnm-2024_-nomeacao.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1440/resolucao_no_018-cmnm-2024_-nomeacao.pdf</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1372/resolucao_no_017-cmnm-2024_-_ressarcimento_de_despesa_parlamentar.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1372/resolucao_no_017-cmnm-2024_-_ressarcimento_de_despesa_parlamentar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ressarcimento de _x000D_
 despesas relacionadas com a atividade _x000D_
 parlamentar.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1371/resolucao_no_016-cmnm-2024_-_ressarcimento_por_deslocamento.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1371/resolucao_no_016-cmnm-2024_-_ressarcimento_por_deslocamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Resolução _x000D_
 Legislativa nº 015/2023, que trata do_x000D_
 ressarcimento por deslocamento_x000D_
 intermunicipal, com veículos não oficiais _x000D_
 terrestres, aos servidores efetivos, _x000D_
 agentes políticos e comissionados do _x000D_
 Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1370/resolucao_no_015-cmnm-2024-codigo_de_etica_do_servidor_cmnm.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1370/resolucao_no_015-cmnm-2024-codigo_de_etica_do_servidor_cmnm.pdf</t>
   </si>
   <si>
     <t>Aprova o Código de Ética Profissional do _x000D_
 Servidor Público da Câmara Municipal de _x000D_
 Nova Mamoré.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1369/resolucao_no_014-cmnm-2024-codigo_de_etica_e_decoro_parlamentar.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1369/resolucao_no_014-cmnm-2024-codigo_de_etica_e_decoro_parlamentar.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Ética e Decoro _x000D_
 Parlamentar da Câmara Municipal de Nova _x000D_
 Mamoré-RO.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1336/resolucao_no_013-cmnm-2024-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1336/resolucao_no_013-cmnm-2024-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da Lei_x000D_
 Federal nº 13.709/2018 (LGPD) no âmbito_x000D_
 da Câmara Municipal de Nova Mamoré.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1294/resolucao_no_012-cmnm-2024-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1294/resolucao_no_012-cmnm-2024-.pdf</t>
   </si>
   <si>
     <t>Institui as regras a serem observadas_x000D_
 pelo agente público da Câmara_x000D_
 Municipal durante o período eleitoral_x000D_
 em 2024, especialmente quanto às_x000D_
 proibições de conduta.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_no_011-cmnm-2024-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_no_011-cmnm-2024-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de_x000D_
 nomeação do senhor_x000D_
 Cleydson de Oliveira Ribeiro_x000D_
 Júnior da Função Gratificada_x000D_
 de Chefe do Setor de_x000D_
 Ouvidoria/FG – CC4, da_x000D_
 Câmara Municipal de Nova_x000D_
 Mamoré-RO.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1253/resolucao_no_010-cmnm-2024-_comissao_de_acompanhamento_de_estagio.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1253/resolucao_no_010-cmnm-2024-_comissao_de_acompanhamento_de_estagio.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de_x000D_
 Acompanhamento de Estágio - CAE,_x000D_
 com o objetivo de Câmara Municipal_x000D_
 de Nova Mamoré – RO, atuar como_x000D_
 parte concedente de estágio, nos_x000D_
 termos da Lei nº 11.788, de 25 de_x000D_
 setembro de 2008.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1226/resolucao_no_009-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1226/resolucao_no_009-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de_x000D_
 nomeação do senhor Osvaldo_x000D_
 Domiciano Gomes para o_x000D_
 Função Gratificada de Chefe_x000D_
 do Setor de Vigilância/FG –_x000D_
 CC5, da Câmara Municipal de_x000D_
 Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1199/resolucao_no_008_-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1199/resolucao_no_008_-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as exonerações_x000D_
 das Senhoras Gilcineide_x000D_
 Nogueira Alves da Costa do_x000D_
 Cargo de Assessor_x000D_
 Parlamentar – CC3, e Ana_x000D_
 Clara Oliveira e Oliveira Rocha_x000D_
 do Cargo de Assessor_x000D_
 Legislativo – CC3, da Câmara_x000D_
 Municipal de Nova Mamoré –_x000D_
 RO.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1180/resolucao_no_007-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1180/resolucao_no_007-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Auxílio _x000D_
 Alimentação e Saúde aos Vereadores_x000D_
 da Câmara Municipal de Nova Mamoré</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1179/resolucao_no_006-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1179/resolucao_no_006-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Institui a Comissão de Planejamento,_x000D_
 tendo em vista o que dispõe o art. 18_x000D_
 da Lei n° 14.133, de 1º de abril de_x000D_
 2021, no âmbito da Câmara Municipal_x000D_
 de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1178/resolucao_no_005-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1178/resolucao_no_005-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Institui o catálogo eletrônico de_x000D_
 padronização de compras, serviços e_x000D_
 obras, de que dispõe o inciso II do_x000D_
 art. 19 da Lei n° 14.133, de 1° de abril_x000D_
 de 2021, no âmbito da Câmara_x000D_
 Municipal de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1177/resolucao_no_004-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1177/resolucao_no_004-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre exonerações de _x000D_
 servidores públicos de funções _x000D_
 gratificadas da Câmara Municipal _x000D_
 de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1176/resolucao_no_003-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1176/resolucao_no_003-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema de_x000D_
 Registro de Preços, de que_x000D_
 dispõe os art. 82 ao art. 86 da_x000D_
 Lei n° 14.133, de 1o de abril de_x000D_
 2021, no âmbito da Câmara_x000D_
 Municipal de Nova Mamoré -_x000D_
 RO.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1175/resolucao_no_002-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1175/resolucao_no_002-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o procedimento administrativo para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral, bem como para definição do valor estimado para contratação e obras e serviços de engenharia nos processo de licitação e de contratação direta, de que dispõe o § 1o e o § 2o do art. 23 da Lei n° 14.133, de 1o de abril de 2021, no âmbito da Câmara Municipal de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1174/resolucao_no_001-cmnm-2024.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1174/resolucao_no_001-cmnm-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a exoneração do_x000D_
 senhor Cláudio Vasconcelos_x000D_
 Vedana do Cargo de Diretor_x000D_
 do Departamento de_x000D_
 Controladoria Interna - CC2,_x000D_
 da Câmara Municipal de Nova_x000D_
 Mamoré - RO.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1173/resolucao_no_054-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1173/resolucao_no_054-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA COMISSÃO PARA_x000D_
 CONFERÊNCIA DE CAIXA REFERENTE AO EXERCÍCIO _x000D_
 DE 2023 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO_x000D_
  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1172/resolucao_no_053-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1172/resolucao_no_053-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXONERAÇÕES DE CARGOS _x000D_
 DE PROVIMENTO EM COMISSÃO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ- RO.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1143/resolucao_no_052-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1143/resolucao_no_052-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA_x000D_
  SENHORA ERIDA ORTIS DA SILVA _x000D_
 PARA O CARGO DE PROVIMENTO _x000D_
 EM COMISSÃO DE DIRETORA DE _x000D_
 DEPARTAMENTO DE CONTABILIDADE/_x000D_
 FINANÇAS E RECURSOS HUMANOS - CC2, _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1142/resolucao_no_051-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1142/resolucao_no_051-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA VALDENISE ALVES DE _x000D_
 SOUZA PARA O CARGO DE PROVIMENTO_x000D_
  EM COMISSÃO DE CHEFE DE GABINETE - CC1, _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1141/resolucao_no_050-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1141/resolucao_no_050-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO _x000D_
 A PEDIDO SERVIDOR PÚBLICO _x000D_
 DE CARGO EM CARÁTER EFETIVO _x000D_
 DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ- RO.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1140/resolucao_no_049-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1140/resolucao_no_049-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO_x000D_
 DA SENHORA GABRIELA CARNEIRO_x000D_
  MOZER DO CARGO DE PROVIMENTO_x000D_
  EM COMISSÃO DE CHEFE DE GABINETE _x000D_
 - CC1, DA CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1139/resolucao_no_048-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1139/resolucao_no_048-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO_x000D_
 DA SENHORA VALDENISE ALVES_x000D_
 DE SOUZA DO CARGO DE_x000D_
 PROVIMENTO EM COMISSÃO DE_x000D_
 DIRETORA DE DEPARTAMENTO_x000D_
 DE CONTABILIDADE/FINANÇAS E_x000D_
 RECURSOS HUMANOS - CC2, DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1138/resolucao_no_047-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1138/resolucao_no_047-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
 ANA CLARA OLIVEIRA E OLIVEIRA_x000D_
 ROCHA PARA O CARGO DE_x000D_
 PROVIMENTO EM COMISSÃO DE_x000D_
 ASSESSOR LEGISLATIVO - CC3 DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1133/resolucao_no_046-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1133/resolucao_no_046-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA VALDENISE ALVES DE _x000D_
 SOUZA COMO INTERINA PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE CHEFE DE GABINETE _x000D_
 - CC1, DA CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1128/resolucao_no_045-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1128/resolucao_no_045-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DE _x000D_
 CARGO PÚBLICO POR NOMEAÇÃO _x000D_
 EM CARÁTER EFETIVO DE APROVADO _x000D_
 CONCURSO PÚBLICO -_x000D_
 EDITAL N° 001/2022, DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1125/resolucao_no_044-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1125/resolucao_no_044-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO ÀS DESIGNAÇÕES DE SERVIDORES PARA_x000D_
 ACOMPANHAR E FISCALIZAR O CONTRATO ADMINISTRATIVO _x000D_
 N° 020-CMNM/2023- PROCESSO ADMINISTRATIVO N° 1153/CMNM/2023, _x000D_
 CELEBRADO PELA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO, BEM COMO _x000D_
 A NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1124/resolucao_no_043-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1124/resolucao_no_043-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DE CARGO _x000D_
 PÚBLICO POR NOMEAÇÃO EM CARÁTER _x000D_
 EFETIVO DE APROVADO CONCURSO PÚBLICO _x000D_
 - EDITAL N° 001/2022, DA CÂMARA MUNICIPAL_x000D_
  DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1111/resolucao_no_042-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1111/resolucao_no_042-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GUILHERME NOVO FERNANDES _x000D_
 PARA O CARGO DE PROVIMENTO_x000D_
  EM COMISSÃO DE ASSESSOR _x000D_
 LEGISLATIVO - CC3 DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1110/resolucao_no_041-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1110/resolucao_no_041-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DO SENHOR _x000D_
 OSVALDO DOMICIANO GOMES PARA A _x000D_
 FUNÇÃO GRATIFICADA DE CHEFE DO SETOR _x000D_
 DE VIGILÂNCIA/FG – CC5, DA CÂMARA MUNICIPAL_x000D_
  DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1109/resolucao_no_040-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1109/resolucao_no_040-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 AUZENI DA SILVA CAU PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA_x000D_
  CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1089/resolucao_no_039-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1089/resolucao_no_039-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO N° 008/CMNM/2023, _x000D_
 QUE DISPÕE QUANTO À CONSTITUIÇÃO DA _x000D_
 COMISSÃO PERMANENTE DE LICITAÇÃO DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO_x000D_
 PARA O ANO 2023, BEM COM A NOMEAÇÃO _x000D_
 DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1088/resolucao_no_038-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1088/resolucao_no_038-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DE _x000D_
 CARGO PÚBLICO POR NOMEAÇÃO _x000D_
 EM CARÁTER EFETIVO DE APROVADO _x000D_
 CONCURSO PÚBLICO - EDITAL N° _x000D_
 001/2022, DA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1087/resolucao_no_037-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1087/resolucao_no_037-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 ELIENE COSTA COELHO PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR_x000D_
  - CC3 DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1086/resolucao_no_036-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1086/resolucao_no_036-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A READAPTAÇÃO DE _x000D_
 SERVIDOR PÚBLICO PERTENCENTE _x000D_
 AO QUADRO EFETIVO DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ- RO.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1077/resolucao_no_035-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1077/resolucao_no_035-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA_x000D_
  SENHORA MARIA DE FÁTIMA _x000D_
 SEVERO NUNES PARA O FUNÇÃO_x000D_
  GRATIFICADA DE CHEFE DO SETOR _x000D_
 DE PATRIMÔNIO E ALMOXARIFADO - _x000D_
 CC4, DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1076/resolucao_no_034-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1076/resolucao_no_034-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>CRIA A COMISSÃO DE INVENTÁRIO, _x000D_
 LEVANTAMENTO E AVALIAÇÃO_x000D_
  PATRIMONIAL DE BENS MÓVEIS,_x000D_
  IMÓVEIS, ÚTEIS E INSERVÍVEIS DA_x000D_
  CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ/RO E NOMEIA OS SEUS_x000D_
  MEMBROS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1075/resolucao_no_033-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1075/resolucao_no_033-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 JOELMA FERREIRA COIMBRA PARA _x000D_
 O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTA - _x000D_
 CC3 DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1073/resolucao_no_032-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1073/resolucao_no_032-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>RECONHECE A APROVAÇÃO EM _x000D_
 ESTÁGIO PROBATÓRIO COM A _x000D_
 CONSEQUENTE ESTABILIDADE NO _x000D_
 SERVIÇO PÚBLICO AO SERVIDOR _x000D_
 HIWERGSON ANGELIN PIMENTEL E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1072/resolucao_no_031-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1072/resolucao_no_031-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À ALTERAÇÃO DA_x000D_
 RESOLUÇÃO N° 023/CMNM/2023,_x000D_
 PARA DESIGNAÇÃO DO GESTOR DOS_x000D_
 CONTRATOS ADMINISTRATIVOS_x000D_
 CELEBRADOS PELA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1064/resolucao_no_030-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1064/resolucao_no_030-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DO_x000D_
  SENHOR LUCAS ANDRADE DE _x000D_
 PAULO PARA O FUNÇÃO GRATIFICADA _x000D_
 DE CHEFE DO SETOR DE VIGILÂNCIA/FG - _x000D_
 CC5, DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1063/resolucao_no_029-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1063/resolucao_no_029-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
 UELINGTON ALVES DE ANDRADE_x000D_
 PARA O CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1062/resolucao_no_028-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1062/resolucao_no_028-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA_x000D_
  SENHORA GABRIELA CARNEIRO _x000D_
 MOZER PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 CHEFE DE GABINETE - CC1, DA_x000D_
  CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1061/resolucao_no_027-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1061/resolucao_no_027-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DA_x000D_
 SENHORA MARIA CAVALCANTE_x000D_
 VICENTE DO CARGO DE PROVIMENTO_x000D_
 EM COMISSÃO DE CHEFE DE_x000D_
 GABINETE - CC1, DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1060/resolucao_no_026-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1060/resolucao_no_026-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 WESLEY DIAS COSMO DE OLIVEIRA_x000D_
 DO CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1053/resolucao_no_025-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1053/resolucao_no_025-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PARA ALIMENTAÇÃO_x000D_
  E ATUALIZAÇÃO DO PORTAL TRANSPARÊNCIA _x000D_
 PARA QUE SEJA AJUSTADO AOS MOLDES DO_x000D_
  SISTEMA ÚNICO E INTEGRADO DE EXECUÇÃO _x000D_
 ORÇAMENTÁRIA, ADMINISTRAÇÃO FINANCEIRA_x000D_
  E CONTROLE - SIAFIC NA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1037/resolucao_no_024-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1037/resolucao_no_024-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de _x000D_
 expediente e jornada de _x000D_
 trabalho no âmbito da _x000D_
 Câmara Municipal de _x000D_
 Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1036/resolucao_no_023-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1036/resolucao_no_023-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO ÀS DESIGNAÇÕES_x000D_
 DE SERVIDORES PARA ACOMPANHAR_x000D_
 E FISCALIZAR OS CONTRATOS _x000D_
 ADMINISTRATIVOS CELEBRADOS PELA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO, _x000D_
 BEM COMO A NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/799/resolucao_no_022-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/799/resolucao_no_022-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA POLIANA AFFONSO _x000D_
 FERREIRA DA SILVA PARA A_x000D_
  FUNÇÃO GRATIFICADA DE_x000D_
  CHEFE DO SETOR DE SERVIÇOS_x000D_
  GERAIS/FG - CC4, DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/798/resolucao_no_021-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/798/resolucao_no_021-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO_x000D_
  DO SENHOR HIWERGSON _x000D_
 ANGELIN PIMENTEL PARA A_x000D_
 FUNÇÃO GRATIFICADA DE_x000D_
 CHEFE DO SETOR DE_x000D_
 VIGILÂNCIA/FG - CC5, DA _x000D_
 CÂMARA MUNICIPAL DE_x000D_
  NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/797/resolucao_no_020-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/797/resolucao_no_020-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO_x000D_
 DO SENHOR CLEYDSON DE_x000D_
 OLIVEIRA RIBEIRO JUNIOR PARA_x000D_
 O FUNÇÃO GRATIFICADA DE_x000D_
 CHEFE DO SETOR DE_x000D_
 OUVIDORIA/FG - CC4, DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/740/resolucao_no_019-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/740/resolucao_no_019-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a dispensa de _x000D_
 licitação, na forma eletrônica e_x000D_
  presencial, de que trata a Lei n°_x000D_
 14.133, de 1º de abril de 2021, no_x000D_
  âmbito da Câmara Municipal de_x000D_
  Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/739/resolucao_no_018-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/739/resolucao_no_018-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Fixa o regime de transição de que_x000D_
 trata o art. 191 da Lei n° 14.133, de_x000D_
 1° de abril de 2021, no âmbito da_x000D_
 Câmara Municipal de Nova_x000D_
 Mamoré.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/733/resolucao_no_017-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/733/resolucao_no_017-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração na Resolução _x000D_
 Legislativa n° 015/2023, que trata do_x000D_
  ressarcimento por deslocamento _x000D_
 intermunicipal, com veículos não oficiais_x000D_
  terrestres, aos servidores efeitos, agentes_x000D_
  políticos e comissionados do Poder _x000D_
 Legislativo Municipal.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/729/resolucao_no_016-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/729/resolucao_no_016-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO _x000D_
 DO SENHOR CLÁUDIO_x000D_
  VASCONCELOS VEDANA PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE DIRETOR DO _x000D_
 DEPARTAMENTO DE_x000D_
 CONTROLADORIA INTERNA - _x000D_
 CC2, DA CÂMARA MUNICIPAL DE_x000D_
  NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/728/resolucao_no_015-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/728/resolucao_no_015-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ressarcimento por_x000D_
 deslocamento intermunicipal, com _x000D_
 veículos não oficiais terrestres, aos _x000D_
 servidores efeitos, agentes políticos e _x000D_
 comissionados do Poder Legislativo_x000D_
 Municipal.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/717/resolucao_no_014-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/717/resolucao_no_014-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 MARINETE TONELO MARTA DA SILVA_x000D_
  PARA O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR_x000D_
  - CC3 DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/716/resolucao_no_013-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/716/resolucao_no_013-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 WESLEY DIAS COSMO DE OLIVEIRA_x000D_
 PARA O CARGO DE PROVIMENTO EM_x000D_
  COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CAMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/715/resolucao_no_012-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/715/resolucao_no_012-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 ELIZANAR DAS CHAGAS FLORES_x000D_
  PARA O CARGO DE PROVIMENTO_x000D_
  EM COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/714/resolucao_no_011-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/714/resolucao_no_011-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 KEULIN ALVES SALES PARA O CARGO_x000D_
  DE PROVIMENTO EM COMISSÃO DE_x000D_
  ASSESSOR PARLAMENTAR - CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/713/resolucao_no_010-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/713/resolucao_no_010-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GEOVANA GABRIELA DE OLIVEIRA _x000D_
 SANTE, PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 ASSESSOR PARLAMENTAR - CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/712/resolucao_no_009-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/712/resolucao_no_009-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA NABILA CAROLINE _x000D_
 RODRIGUES DE CARVALHO, PARA _x000D_
 O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE DIRETORA DO _x000D_
 DEPARTAMENTO JURÍDICO - CC2, _x000D_
 DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/710/resolucao_no_008-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/710/resolucao_no_008-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO DA _x000D_
 COMISSÃO PERMANENTE DE _x000D_
 LICITAÇÃO DA CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ/RO PARA O ANO 2023, _x000D_
 BEM COM A NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/709/resolucao_no_007-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/709/resolucao_no_007-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DO _x000D_
 SALÁRIO MÍNIMO NO EXERCÍCIO DE _x000D_
 2.023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/708/resolucao_no_006-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/708/resolucao_no_006-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 KARINA ELIAS CASTRO, PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/707/resolucao_no_005-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/707/resolucao_no_005-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 LUCIMAR ELIAS DA TRINDADE, PARA_x000D_
 O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR- _x000D_
 CC3 DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/706/resolucao_no_004-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/706/resolucao_no_004-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GILCINEIDE NOGUEIRA ALVES DA _x000D_
 COSTA, PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 ASSESSOR PARLAMENTAR - CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/705/resolucao_no_003-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/705/resolucao_no_003-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA VALDENISE ALVES DE_x000D_
 SOUZA PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 DIRETORA DE DEPARTAMENTO DE _x000D_
 CONTABILIDADE/FINANÇAS E _x000D_
 RECURSOS HUMANOS - CC2, DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/704/resolucao_no_002-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/704/resolucao_no_002-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA ADÉLIA NAIANE LIMA _x000D_
 MOURA, PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE_x000D_
  DIRETORA DO DEPARTAMENTO _x000D_
 LEGISLATIVO - CC2, DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ- RO.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/703/resolucao_no_001-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/703/resolucao_no_001-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 SENHORA MARIA CAVALCANTE _x000D_
 VICENTE PARA O CARGO DE_x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 CHEFE DE GABINETE - CC1, DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/700/resolucao_no_042-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/700/resolucao_no_042-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXONERAÇÕES DE_x000D_
 SERVIDORES PÚBLICOS DE CARGOS_x000D_
 DE PROVIMENTO EM COMISSÃO DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/699/resolucao_no_041-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/699/resolucao_no_041-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/672/resolucao_no_040-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/672/resolucao_no_040-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Planejamento Estratégico no_x000D_
  âmbito da Câmara Municipal de Nova _x000D_
 Mamoré para a 9ª legislatura (2021 - 2024)</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/671/resolucao_no_039-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/671/resolucao_no_039-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta a cessão, a transferência, a _x000D_
 destinação e a disposição final de bens _x000D_
 móveis públicos no âmbito da Câmara _x000D_
 Municipal de Nova Mamoré.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/670/resolucao_no_038-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/670/resolucao_no_038-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>“Reconhece a Aprovação em _x000D_
 Estágio Probatório com a _x000D_
 consequente Estabilidade no _x000D_
 Serviço Público ao Servidor _x000D_
 CLEYDSON DE OLIVEIRA_x000D_
 RIBEIRO JUNIOR e dá outras_x000D_
 providências”.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/649/resolucao_no_037-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/649/resolucao_no_037-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>"DESIGNAR A SERVIDORA ADÉLIA _x000D_
 NAIANE LIMA MOURA, OCUPANTE_x000D_
  DO CARGO DE ASSESSORIA DA _x000D_
 PRESIDÊNCIA, PARA RESPONDER_x000D_
 INTERINAMENTE PELA CONTROLADORIA_x000D_
  INTERNA NO PERÍODO DE FÉRIAS DA_x000D_
  CONTROLADORA TITULAR DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ/RO, E DÁ_x000D_
  OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/646/resolucao_no_036-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/646/resolucao_no_036-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À DESIGNAÇÃO DE _x000D_
 SERVIDORES PÚBLICOS DA CÂMARA _x000D_
 MUNICIPAL PARA ATUAREM COMO _x000D_
 GESTOR E FISCAL DO CONTRATO _x000D_
 ADMINISTRATIVO N° 012/CMNM/2022, _x000D_
 RELATIVO AO PROCESSO _x000D_
 ADMINISTRATIVO N° 075/CMNM/2022.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/634/resolucao_no_035-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/634/resolucao_no_035-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO DA _x000D_
 COMISSÃO PARA REALIZAÇÃO_x000D_
  DE ESTUDOS QUANTO À _x000D_
 ESTRUTURA ORGANIZACIONAL _x000D_
 E AO PLANO DE CARGOS E_x000D_
  CARREIRAS DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ- RO.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/631/resolucao_no_034-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/631/resolucao_no_034-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>“Reconhece a Aprovação em_x000D_
  Estágio Probatório com a _x000D_
 consequente Estabilidade no _x000D_
 Serviço Público à Servidora_x000D_
  CRISTINA PEREIRA DA SILVA_x000D_
  e dá outras providências”.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/630/resolucao_no_033-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/630/resolucao_no_033-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO DA _x000D_
 NOVA COMISSÃO PERMANENTE DE _x000D_
 LICITAÇÃO DA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ/RO PARA O ANO _x000D_
 2022, BEM COM A NOMEAÇÃO DOS _x000D_
 SEUS MEMBROS.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/629/resolucao_no_032-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/629/resolucao_no_032-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
 MARINETE TONELO MARTA DA SILVA_x000D_
 PARA O CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR - _x000D_
 CC3 DA CÂMARA, MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/601/resolucao_031.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/601/resolucao_031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE ELIENE DA COSTA COELHO DO CARGO DE PROVIMENTO EM COMISSÃO DE ASSESSOR PARLAMENTAR - CC3 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/587/resolucao_no_030-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/587/resolucao_no_030-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as condutas vedadas aos_x000D_
  servidores públicos da Câmara Municipal_x000D_
  de Nova Mamoré em período eleitoral.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/565/resolucao_no_028-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/565/resolucao_no_028-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO_x000D_
 DA EQUIPE RESPONSÁVEL PELA_x000D_
 REALIZAÇÃO DO PREGÃO, EM_x000D_
 CONFORMIDADE COM A LEI N°_x000D_
 10520/2002, DA CÂMARA MUNICIPAL_x000D_
 DE NOVA MAMORÉ/RO, BEM COM A_x000D_
 NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/578/resolucao_no_029-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/578/resolucao_no_029-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bens móveis ociosos_x000D_
  para a Secretaria de Obras e Trânsito da_x000D_
  Prefeitura Municipal de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/564/resolucao_no_027-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/564/resolucao_no_027-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO _x000D_
 DA NOVA COMISSÃO PERMANENTE_x000D_
 DE LICITAÇÃO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ/RO _x000D_
 PARA O ANO 2022, BEM COM A _x000D_
 NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/562/resolucao_no_026-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/562/resolucao_no_026-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O VALOR DO _x000D_
 SUBSÍDIO DO PRESIDENTE DA_x000D_
  CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO, EM ACORDO COM_x000D_
  A ALÍNEA “b” DO INCISO VI DO _x000D_
 ART. 29 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/558/resolucao_no_025-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/558/resolucao_no_025-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>REGULA A CONCESSÃO DE_x000D_
 TÍTULO DE UTILIDADE PÚBLICA _x000D_
 A INSTITUIÇÃO DE NATUREZA _x000D_
 PRIVADA E DE INTERESSE PÚBLICO_x000D_
  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/540/resolucao_no_024-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/540/resolucao_no_024-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA QUE AS _x000D_
 ATIVIDADES DOS SERVIDORES _x000D_
 DO PODER LEGISLATIVO _x000D_
 PODERÃO SER EXECUTADAS_x000D_
  FORA DAS DEPENDÊNCIAS DO_x000D_
  PODER LEGISLATIVO,_x000D_
 OBSERVADAS AS DIRETRIZES, _x000D_
 OS TERMOS E AS CONDIÇÕES_x000D_
  ESTABELECIDOS NESTA_x000D_
 RESOLUÇÃO, QUE ORGANIZARÁ_x000D_
  OS TRABALHOS PARA QUE O _x000D_
 PODER LEGISLATIVO OPERE _x000D_
 COMO UMA OUVIDORIA GERAL _x000D_
 DA SOCIEDADE</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/539/resolucao_no_023-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/539/resolucao_no_023-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO AO CALENDÁRIO DE_x000D_
  PAGAMENTO DOS SERVIDORES _x000D_
 PÚBLICOS DA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ/RO PARA O ANO _x000D_
 2022.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/536/resolucao_no_022-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/536/resolucao_no_022-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PARA _x000D_
 REALIZAÇÃO DE ESTUDOS _x000D_
 QUANTO À ESTRUTURA _x000D_
 ORGANIZACIONAL E AO PLANO _x000D_
 DE CARGOS E CARREIRAS DA_x000D_
  CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/535/resolucao_no_021-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/535/resolucao_no_021-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TERMO DE _x000D_
 COOPERAÇÃO TÉCNICA_x000D_
 FIRMADO ENTRE O SERVIÇO DE_x000D_
  APOIO ÀS MICRO E PEQUENAS_x000D_
  EMPRESAS DO ESTADO DE _x000D_
 RONDÔNIA - SEBRAE/RO E A _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/527/resolucao_no_020-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/527/resolucao_no_020-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 WESLEY DIAS COSMO DE OLIVEIRA_x000D_
  PARA O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/526/resolucao_no_019-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/526/resolucao_no_019-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  ELIZANAR DAS CHAGAS FLORES _x000D_
 PARA O CARGO DE PROVIMENTO _x000D_
 EM COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/525/resolucao_no_018-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/525/resolucao_no_018-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  KEULIN ALVES SALES PARA O CARGO_x000D_
  DE PROVIMENTO EM COMISSÃO DE_x000D_
  ASSESSOR PARLAMENTAR - CC3 DA_x000D_
  CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/524/resolucao_no_017-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/524/resolucao_no_017-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
  EDUARDA CAROLINI CÁO COUTO DO _x000D_
 CARGO DE PROVIMENTO EM COMISSÃO _x000D_
 DE ASSESSOR PARLAMENTAR – CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/499/resolucao_no_016-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/499/resolucao_no_016-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DESIGNAR A SERVIDORA ADÉLIA_x000D_
 NAIANE LIMA MOURA, OCUPANTE DO_x000D_
 CARGO DE ASSESSORIA DA_x000D_
 PRESIDÊNCIA, PARA RESPONDER_x000D_
 INTERINAMENTE PELA_x000D_
 CONTROLADORIA INTERNA NO_x000D_
 PERÍODO DE FÉRIAS DA_x000D_
 CONTROLADORA TITULAR DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ/RO, E_x000D_
 DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/498/resolucao_no_015-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/498/resolucao_no_015-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  EDUARDA CAROLINI CÃO COUTO_x000D_
  PARA O CARGO DE PROVIMENTO_x000D_
  EM COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/496/resolucao_no_014-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/496/resolucao_no_014-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  KARINA ELIAS CASTRO, PARA O _x000D_
 CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/495/resolucao_no_013-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/495/resolucao_no_013-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À ALTERAÇÃO DA_x000D_
 RESOLUÇÃO N° 007/CMNM/2022, QUE_x000D_
 TRATA DA COMISSÃO PERMANENTE DE _x000D_
 LICITAÇÃO DA CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ/RO PARA O ANO 2022,_x000D_
 BEM COM A NOMEAÇÃO DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/494/resolucao_no_012-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/494/resolucao_no_012-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  LUCIMAR ELIAS DA TRINDADE, PARA_x000D_
  O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR_x000D_
  - CC3 DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/490/resolucao_no_011-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/490/resolucao_no_011-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  GEOVANA GABRIELA DE OLIVEIRA _x000D_
 SANTE, PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE_x000D_
  ASSESSOR PARLAMENTAR - CC3_x000D_
  DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/489/resolucao_no_010-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/489/resolucao_no_010-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE REGRAS E _x000D_
 DIRETRIZES PARA AGENTE DE_x000D_
 CONTRATAÇÃO, EQUIPE DE_x000D_
 APOIO, COMISSÃO DE _x000D_
 CONTRATAÇÃO, GESTORES E _x000D_
 FISCAIS DE CONTRATOS DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/488/resolucao_no_009-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/488/resolucao_no_009-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO_x000D_
  DO SENHOR CLÁUDIO _x000D_
 VASCONCELOS VEDANA PARA O_x000D_
  CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE DIRETOR DO _x000D_
 DEPARTAMENTO LEGISLATIVO - _x000D_
 CC2, DA CÂMARA MUNICIPAL DE_x000D_
  NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/487/resolucao_no_008-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/487/resolucao_no_008-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>“Reconhece a Aprovação em_x000D_
  Estágio Probatório com a _x000D_
 consequente Estabilidade no _x000D_
 Serviço Público ao Servidor _x000D_
 LUCAS ANDRADE DE PAULO _x000D_
 e dá outras providências”.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/486/resolucao_no_007-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/486/resolucao_no_007-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO_x000D_
  DA COMISSÃO PERMANENTE DE _x000D_
 LICITAÇÃO DA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ/RO PARA O ANO_x000D_
  2022, BEM COM A NOMEAÇÃO DOS _x000D_
 SEUS MEMBROS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/485/resolucao_no_006-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/485/resolucao_no_006-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DO _x000D_
 SALÁRIO MÍNIMO NO EXERCÍCIO DE_x000D_
 2.022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/405/resolucao_no_005-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/405/resolucao_no_005-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA_x000D_
  SENHORA MARIA CAVALCANTE_x000D_
  VICENTE PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE_x000D_
  CHEFE DE GABINETE - CC1, DA _x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ-RO.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/404/resolucao_no_004-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/404/resolucao_no_004-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  ELIENE DA COSTA COELHO, PARA_x000D_
  O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR_x000D_
  PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/403/resolucao_no_003-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/403/resolucao_no_003-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GILCINEIDE NOGUEIRA ALVES DA_x000D_
  COSTA, PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 ASSESSOR PARLAMENTAR - CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/402/resolucao_no_002-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/402/resolucao_no_002-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 ADÉLIA NAIANE LIMA MOURA, _x000D_
 PARA O CARGO DE PROVIMENTO _x000D_
 EM COMISSÃO DE ASSESSORIA DA _x000D_
 PRESIDÊNCIA - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/401/resolucao_no_001-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/401/resolucao_no_001-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO_x000D_
  DA SENHORA VALDENISE ALVES _x000D_
 DE SOUZA PARA O CARGO DE _x000D_
 PROVIMENTO EM COMISSÃO DE _x000D_
 DIRETORA DE DEPARTAMENTO DE_x000D_
  CONTABILIDADE/FINANÇAS E _x000D_
 RECURSOS HUMANOS - CC2, DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/400/resolucao_no_044-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/400/resolucao_no_044-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA _x000D_
 COMISSÃO PARA CONFERÊNCIA DE _x000D_
 CAIXA REFERENTE AO EXERCÍCIO DE _x000D_
 2021 DA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ/RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/393/resolucao_no_043-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/393/resolucao_no_043-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 CLÁUDIO VASCONCELOS VEDANA DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE DIRETOR DO_x000D_
 DEPARTAMENTO LEGISLATIVO - CC2,_x000D_
 DA CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/392/resolucao_no_042-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/392/resolucao_no_042-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 VALDENISE ALVES DE SOUZA DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE DIRETORA DE_x000D_
  DEPARTAMENTO_x000D_
 CONTABILIDADE/FINANÇAS_x000D_
  E RECURSOS HUMANOS - CC2, DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/391/resolucao_no_041-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/391/resolucao_no_041-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 MARIA CAVALCANTE VICENTE DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE CHEFE DE GABINETE -_x000D_
 CC1, DA CÂMARA MUNICIPAL DE_x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/390/resolucao_no_040-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/390/resolucao_no_040-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
  GILCINEIDE NOGUEIRA ALVES DA_x000D_
 COSTA, DO CARGO DE PROVIMENTO_x000D_
 EM COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/389/resolucao_no_039-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/389/resolucao_no_039-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 ADÉLIA NAIANE LIMA MOURA, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSORIA DA_x000D_
 PRESIDÊNCIA - CC3 DA CÂMARA</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/388/resolucao_no_038-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/388/resolucao_no_038-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 EDUARDA CAROLINI CÁO COUTO, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/387/resolucao_no_037-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/387/resolucao_no_037-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 ELIENE DA COSTA COELHO, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/386/resolucao_no_036-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/386/resolucao_no_036-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 LUCIMAR ELIAS DA TRINDADE, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/385/resolucao_no_035-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/385/resolucao_no_035-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 ELIZANAR DAS CHAGAS FLORES, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/384/resolucao_no_034-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/384/resolucao_no_034-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE_x000D_
 GEISIBEL DA SILVA SOUZA, DO_x000D_
 CARGO DE PROVIMENTO EM_x000D_
 COMISSÃO DE ASSESSOR_x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/383/resolucao_no_033-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/383/resolucao_no_033-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas na_x000D_
  Câmara Municipal de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/330/resolucao_no_032-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/330/resolucao_no_032-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO AO DEVER DE _x000D_
 VACINAÇÃO CONTRA A COVID-19, _x000D_
 DOS PRESTADORES DE SERVIÇOS À _x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/310/resolucao_no_031-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/310/resolucao_no_031-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>NOMEIA OS MEMBROS PARA _x000D_
 COMISSÃO DE INVENTÁRIO, _x000D_
 LEVANTAMENTO E AVALIAÇÃO _x000D_
 PATRIMONIAL DE BENS MÓVEIS, _x000D_
 IMÓVEIS, ÚTEIS E INSERVÍVEIS DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ/RO</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/309/resolucao_no_030-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/309/resolucao_no_030-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE _x000D_
 CONTRATAÇÕES ANUAL – PCA, DE_x000D_
 QUE TRATA A LEI Nº. 14.133, DE 1º DE _x000D_
 ABRIL DE 2021, QUE ENGLOBA _x000D_
 AQUISIÇÃO DE BENS E _x000D_
 CONTRATAÇÕES DE OBRAS,_x000D_
  SERVIÇOS E SOLUÇÕES DE _x000D_
 TECNOLOGIA DA INFORMAÇÃO E_x000D_
  COMUNICAÇÃO NO ÂMBITO DA _x000D_
 CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ/RO</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/237/resolucao_no_029-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/237/resolucao_no_029-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CRIAÇÃO E_x000D_
 NOMEAÇÃO DA COMISSÃO PARA_x000D_
  ELABORAÇÃO DO PLANEJAMENTO _x000D_
 ESTRATÉGICO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ/RO _x000D_
 PARA O BIÊNIO 2021/2022.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/236/resolucao_no_028-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/236/resolucao_no_028-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ENQUADRAMENTO_x000D_
  DOS BENS DE CONSUMO NAS _x000D_
 CATEGORIAS DE QUALIDADE E DE _x000D_
 LUXO NO ÂMBITO DO PODER _x000D_
 LEGISLATIVO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/235/resolucao_no_027-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/235/resolucao_no_027-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 EDUARDA CAROLINI CÁO COUTO_x000D_
  PARA O CARGO DE PROVIMENTO _x000D_
 EM COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/234/resolucao_no_026-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/234/resolucao_no_026-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXONERAÇÃO DE _x000D_
 WESLEY DIAS COSMO DE OLIVEIRA, _x000D_
 DO CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR - CC3 DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/200/resolucao_no_025-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/200/resolucao_no_025-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação da Câmara _x000D_
 Municipal de Nova Mamoré-RO à _x000D_
 União de Câmaras e Vereadores _x000D_
 de Rondônia - UCAVER.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/191/resolucao_no_024-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/191/resolucao_no_024-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>“Reconhece a Aprovação em _x000D_
 Estágio Probatório com a _x000D_
 consequente Estabilidade no _x000D_
 Serviço Público a Servidora_x000D_
 POLIANA AFFONSO FERREIRA _x000D_
 DA SILVA e dá outras providências”.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/190/resolucao_no_023-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/190/resolucao_no_023-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o funcionamento das Sessões_x000D_
  da Câmara Municipal durante a emergência_x000D_
 de saúde pública relacionada à pandemia do_x000D_
  COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/178/resolucao_no_022-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/178/resolucao_no_022-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GEISIBEL DA SILVA SOUZA PARA O_x000D_
  CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR – CC3 DA _x000D_
 CÂMARA MUNICIPAL DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/175/resolucao_no_021-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/175/resolucao_no_021-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO AO CALENDÁRIO DE_x000D_
  PAGAMENTO DOS SERVIDORES _x000D_
 PÚBLICOS DA CÂMARA MUNICIPAL_x000D_
  DE NOVA MAMORÉ/RO PARA O _x000D_
 ANO 2021.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/174/resolucao_no_020-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/174/resolucao_no_020-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO ÀS DESIGNAÇÕES DE _x000D_
 SERVIDORES PARA ACOMPANHAR E _x000D_
 FISCALIZAR OS CONTRATOS_x000D_
 ADMINISTRATIVOS CELEBRADOS PELA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO _x000D_
 PARA O ANO 2021, BEM COM A NOMEAÇÃO_x000D_
  DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/173/resolucao_no_019-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/173/resolucao_no_019-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 ADÉLIA NAIANE LIMA MOURA, PARA_x000D_
  O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSORIA DA _x000D_
 PRESIDÊNCIA – CC3 DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/172/resolucao_no_018-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/172/resolucao_no_018-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  WESLEY DIAS COSMO DE OLIVEIRA,_x000D_
 PARA O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR –_x000D_
  CC3 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/171/resolucao_no_017-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/171/resolucao_no_017-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À NOMEAÇÃO DOS MEMBROS DO _x000D_
 CONSELHO DE ÉTICA E DECORO PARLAMENTAR DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO PARA_x000D_
  O MANDATO DE DOIS ANOS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/170/resolucao_no_016-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/170/resolucao_no_016-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À NOMEAÇÃO DOS MEMBROS DA _x000D_
 COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA, FINANÇAS, _x000D_
 ECONOMIA E FISCALIZAÇÃO FINANCIMAMENTO E _x000D_
 ORÇAMENTÁRIA DA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/169/resolucao_no_015-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/169/resolucao_no_015-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À NOMEAÇÃO DOS MEMBROS_x000D_
  DA COMISSÃO DE AGRICULTURA, INDÚSTRIA E _x000D_
 COMÉRCIO, MINAS E ENERGIA, POLÍTICA AGRÁRIA _x000D_
 E DEFESA DO CONSUMIDOR DA CÂMARA MUNICIPAL_x000D_
  DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/168/resolucao_no_014-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/168/resolucao_no_014-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À NOMEAÇÃO DOS _x000D_
 MEMBROS DA COMISSÃO DE _x000D_
 EDUCAÇÃO, SAÚDE, ASSISTÊNCIA _x000D_
 SOCIAL, OBRAS E SERVIÇOS PÚBLICOS _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/161/resolucao_no_013-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/161/resolucao_no_013-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>Estabelece as medidas adotadas pela Câmara Municipal mediante o DECRETO N° 25.853, de 2 de março de 2021 e o DECRETO N° 6.079 -GP/2021, de 04 de março de 2021.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/158/resolucao_no_012-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/158/resolucao_no_012-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o funcionamento da Câmara Municipal _x000D_
 mediante a modalidade de deliberação remota _x000D_
 durante a emergência de saúde pública relacionada _x000D_
 à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/153/resolucao_no_011-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/153/resolucao_no_011-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  ELIENE DA COSTA COELHO, PARA _x000D_
 O CARGO DE PROVIMENTO EM _x000D_
 COMISSÃO DE ASSESSOR PARLAMENTAR_x000D_
  – CC3 DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/152/resolucao_no_010-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/152/resolucao_no_010-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE _x000D_
 GILCINEIDE NOGUEIRA ALVES DA _x000D_
 COSTA, PARA O CARGO DE_x000D_
  PROVIMENTO EM COMISSÃO DE _x000D_
 ASSESSOR PARLAMENTAR – CC3 DA_x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/151/resolucao_no_009-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/151/resolucao_no_009-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE QUANTO À CONSTITUIÇÃO DA _x000D_
 COMISSÃO PERMANENTE DE LICITAÇÃO _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO _x000D_
 PARA O ANO 2021, BEM COM A NOMEAÇÃO _x000D_
 DOS SEUS MEMBROS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/150/resolucao_no_008-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/150/resolucao_no_008-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DO _x000D_
 SALÁRIO MÍNIMO NO EXERCÍCIO DE_x000D_
  2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/149/resolucao_no_007-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/149/resolucao_no_007-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE ELIZANAR _x000D_
 DAS CHAGAS FLÔRES, PARA O CARGO DE_x000D_
  PROVIMENTO EM COMISSÃO DE ASSESSOR _x000D_
 PARLAMENTAR – CC3 DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/148/resolucao_no_006-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/148/resolucao_no_006-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DE_x000D_
  LUCIMAR ELIAS DA TRINDADE, PARA _x000D_
 O CARGO DE PROVIMENTO EM COMISSÃO_x000D_
  DE ASSESSOR PARLAMENTAR – CC3 DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/147/resolucao_no_005-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/147/resolucao_no_005-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA SENHOR_x000D_
  CLAUDIO VASCONCELOS VEDANA PARA O _x000D_
 CARGO DE PROVIMENTO EM COMISSÃO DE _x000D_
 DIRETOR DO DEPARTAMENTO LEGISLATIVO – CC2, _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/146/resolucao_no_004-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/146/resolucao_no_004-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA SENHORA_x000D_
  MARIA CAVALCANTE VICENTE PARA O _x000D_
 CARGO DE PROVIMENTO EM COMISSÃO DE _x000D_
 CHEFE DE GABINETE – CC1, DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/145/resolucao_no_003-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/145/resolucao_no_003-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>Adequar os subsídios dos Vereadores_x000D_
  fixados pela Lei Municipal nº 1.647, de_x000D_
 12 de novembro de 2020, em relação ao_x000D_
  inciso I, do art. 8º, da Lei Complementar _x000D_
 nº 173, de 27 de maio de 2020.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/144/resolucao_no_002-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/144/resolucao_no_002-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DA SENHORA_x000D_
  VALDENISE ALVES DE SOUZA PARA O CARGO _x000D_
 DE PROVIMENTO EM COMISSÃO DE DIRETORA_x000D_
  DE DEPARTAMENTO DE CONTABILIDADE/FINANÇAS_x000D_
  E RECURSOS HUMANOS – CC2, DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/143/resolucao_no_001-cmnm.2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/143/resolucao_no_001-cmnm.2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AFASTAMENTO DO _x000D_
 EXERCÍCIO DO MANDATO DE VEREADOR _x000D_
 PARA INVESTIDURA EM CARGO DE _x000D_
 SECRETÁRIO MUNICIPAL NO _x000D_
 MUNICÍPIO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/141/resolucao_no_029-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/141/resolucao_no_029-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Nomeação da Comissão para _x000D_
 Conferência de Caixa Referente ao Exercício de _x000D_
 2020 da Câmara Municipal de Nova Mamoré/RO_x000D_
 e dá outras providências”</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/140/resolucao_no_028-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/140/resolucao_no_028-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Atualização, _x000D_
 Baixa e Regulamentação dos _x000D_
 Bens Patrimoniais da Câmara _x000D_
 Municipal de Nova Mamoré e _x000D_
 dá outras providências”</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/139/resolucao_no_027-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/139/resolucao_no_027-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO do_x000D_
  ROMÁRIO CUNHA ARGÃO, do cargo_x000D_
  de Provimento em Comissão de Assessor_x000D_
  Parlamentar – CC3 da Câmara Municipal _x000D_
 de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/138/resolucao_no_026-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/138/resolucao_no_026-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO do _x000D_
 VANDO FELIX DA CRUZ, do_x000D_
  cargo de Provimento em Comissão _x000D_
 de Assessor Parlamentar – CC3 da _x000D_
 Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/137/resolucao_no_025-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/137/resolucao_no_025-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO da _x000D_
 LUCIMAR ELIAS DA TRINDADE, do _x000D_
 cargo de Provimento em Comissão _x000D_
 de Assessora Parlamentar – CC3 da _x000D_
 Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/136/resolucao_no_024-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/136/resolucao_no_024-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO da _x000D_
 KAMILLA CHAGAS DE OLIVEIRA do _x000D_
 cargo de Provimento em Comissão _x000D_
 de Diretora do Departamento Jurídico – _x000D_
 CC2 da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/135/resolucao_no_023-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/135/resolucao_no_023-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO de _x000D_
 ADRIELLY CAROLINE ALVES PEREIRA, _x000D_
 do cargo de Provimento em Comissão _x000D_
 de Assessoria Legislativa – CC3 da _x000D_
 Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/134/resolucao_no_022-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/134/resolucao_no_022-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO da _x000D_
 Senhora FLORISMAR BARROSO _x000D_
 RODRIGUES do cargo de Provimento em_x000D_
  Comissão de CHEFE DE GABINETE – CC1,_x000D_
  da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/133/resolucao_no_021-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/133/resolucao_no_021-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO da _x000D_
 Senhora GEISIBEL DA SILVA SOUZA, _x000D_
 do cargo de Provimento em Comissão _x000D_
 de Assessora da Presidência – CC3 da _x000D_
 Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/132/resolucao_no_020-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/132/resolucao_no_020-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO da _x000D_
 Senhora MARLENE MARTINS FERREIRA _x000D_
 do cargo de Provimento em Comissão de _x000D_
 DIRETORA DO DEPARTAMENTO DE _x000D_
 CONTABILIDADE/FINANÇAS E RECURSOS_x000D_
  HUMANOS – CC2, da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/131/resolucao_no_019-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/131/resolucao_no_019-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Nomeia os Membros para Comissão de Inventário, _x000D_
 Levantamento e Avaliação Patrimonial de Bens Móveis,_x000D_
  Imóveis, Úteis e Inservíveis da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/117/resolucao_no_017-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/117/resolucao_no_017-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Constitui Comissão para recebimento Provisório e _x000D_
 Definitivo da Obra de Execução de Reparo, Reforma e_x000D_
  Manutenção do Prédio da Câmara Municipal, _x000D_
 conforme (básico e executivo), Planilha Orçamentária _x000D_
 Analítica, Planilha Orçamentária Sintética e Cronograma_x000D_
  Físico-Financeiro, objeto do Contrato 007/2020 _x000D_
 e dá outras providências”.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/118/resolucao_no_018-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/118/resolucao_no_018-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a EXONERAÇÃO de ELIZANAR DAS CHAGAS FLÔRES,_x000D_
  do cargo de Provimento em Comissão de Assessoria Legislativa –_x000D_
  CC3 da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/116/resolucao_no_016-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/116/resolucao_no_016-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Institui a Progressão Funcional aos Servidores Públicos do_x000D_
  Quadro de Provimento efetivo da Câmara Municipal de_x000D_
  Nova Mamoré-RO e dá outras providências”.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/103/resolucao_no_015-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/103/resolucao_no_015-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“DESIGNAR A SERVIDORA GEISIBEL DA_x000D_
 SILVA SOUZA, PARA RESPONDER_x000D_
 INTERINAMENTE PELA CHEFIA DE_x000D_
 GABINETE NO PERÍODO DE FÉRIAS DA_x000D_
 CHEFE DE GABINETE TITULAR DA_x000D_
 CÂMARA MUNICIPAL DE NOVA_x000D_
 MAMORÉ/RO, E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/77/resolucao_publicada__no_014-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/77/resolucao_publicada__no_014-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Nomeação de CLEYDSON DE OLIVEIRA RIBEIRO JÚNIOR para o Cargo de Provimento em Comissão de Chefe de Seção de Informática - CC4 da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/76/resolucao_no_013-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/76/resolucao_no_013-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a NOMEAÇÃO de ADRIELLY CAROLINE ALVES PEREIRA, do _x000D_
 cargo de Provimento em Comissão de Assessoria Legislativa - CC3 da _x000D_
 Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/75/resolucao_no_012-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/75/resolucao_no_012-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a NOMEAÇÃO de aprovados no Concurso Público Municipal _x000D_
 de - Edital n° 001/2016 da Prefeitura Municipal de Nova Mamoré/RO, realizado _x000D_
 no dia 22 de maio de 2016, homologado em 30 de dezembro de 2016 e _x000D_
 dá outras providências”.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/74/resolucao_no_011-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/74/resolucao_no_011-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a NOMEAÇÃO de VANDO FELIX DA CRUZ, para o cargo de Provimento em Comissão de Assessor Parlamentar - CC3 da Câmara Municipal de Nova Mamoré-RO”.</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/42/resolucao_no_010-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/42/resolucao_no_010-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“DESIGNAR A SERVIDORA KAMILLA CHAGAS DE OLIVEIRA, PARA _x000D_
 RESPONDER INTERINAMENTE PELA CONTROLADORIA INTERNA_x000D_
  NO PERÍODO DE FÉRIAS DA CONTROLADORA TITULAR DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/41/resolucao_no_009-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/41/resolucao_no_009-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“PRORROGAR A DESIGNAÇÃO DA SERVIDORA MARLENE MARTINS_x000D_
  FERREIRA, PARA RESPONDER PELA DIRETORIA DO DEPARTAMENTO _x000D_
 LEGISLSATIVO – CC2, ATÉ QUE SEJA NOMEADO OUTRO SERVIDOR_x000D_
  NA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO”.</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/36/resolucao_no_008-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/36/resolucao_no_008-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“PRORROGAR A DESIGNAÇÃO DA SERVIDORA MARLENE MARTINS FERREIRA, _x000D_
 PARA RESPONDER PELA DIRETORIA DO DEPARTAMENTO LEGISLSATIVO – CC2, _x000D_
 NO PERÍODO DE 01/01/2020 À 30/04/2020 NA CÂMARA MUNICIPAL DE NOVA_x000D_
  MAMORÉ/RO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/32/resolucao_no_007-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/32/resolucao_no_007-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO Nº 007/CMNM/2020_x000D_
 _x000D_
 "Dispõe sobre a EXONERAÇÃO de ELZILENE SOARES PINHEIRO,_x000D_
 do cargo de Provimento em Comissão de Assessoria Legislativa-CC3_x000D_
 Da Câmara Municipal de Nova Mamoré-RO".</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/31/carta_ao_usuario_da_camara_municipal_de_nova_mamore.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/31/carta_ao_usuario_da_camara_municipal_de_nova_mamore.pdf</t>
   </si>
   <si>
     <t>“Cria a Carta de Serviços ao Usuário da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/30/resolucao_no_005-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/30/resolucao_no_005-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO Nº 005/CMNM/2020_x000D_
 "Dispõe sobre a NOMEAÇÃO de Geisibel da Silva Souza,_x000D_
 Para o cargo de Provimento em Comissão de Assessora da_x000D_
 Presidência - CC3 da Câmara Municipal de Nova Mamoré-RO".</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/29/resolucao_no_004-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/29/resolucao_no_004-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO Nº 004/CMNM/2020_x000D_
 "Prorrogar a designação da servidora Marlene Martins Ferreira, _x000D_
 Para responder Interinamente, pela Diretoria do Departamento_x000D_
  Legislativo - CC2, no período de 01/01/2020 à 31/03/2020 na _x000D_
 Câmara Municipal de Nova Mamoré/RO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/28/resolucao_no_003-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/28/resolucao_no_003-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO Nº 003/CMNM/2020_x000D_
 _x000D_
 "Nomear membros que integram a Comissão responsável,_x000D_
 Pela realização de Licitação na  Modalidade Pregão  Eletrônico e_x000D_
 Presencial da Câmara Municipal De Nova Mamoré/RO".</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/27/resolucao_no_002-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/27/resolucao_no_002-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>RESOLUÇÃO Nº 002/CMNM/2020_x000D_
 "Substitui membro da Comissão Permanente de Licitação-CPL,_x000D_
 Nomeados pela Resolução nº 014/CMNM/2019 da Câmara _x000D_
 Municipal de Nova Mamoré/RO e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/26/resolucao_no_001-cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/26/resolucao_no_001-cmnm.2020.pdf</t>
   </si>
   <si>
     <t>"Prorrogar a designação da servidora Marlene Martins Ferreira,_x000D_
 Para responder Interinamente, pela Diretoria do Departamento_x000D_
 Legislativo - CC2, no período de 01/01/2020 à 31/01/2020 na _x000D_
 Câmara Municipal de Nova Mamoré/RO  e dá outras _x000D_
 providências".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -3372,66 +3372,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1640/resolucao_no_001-cmnm-2026_-adequacao_do_salario_minimo_no_ano_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1638/resolucao_no_022-cmnm-2025-organizacao_dos_trabalhos_administrativos_cmnm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1637/resolucao_no_021-cmnm-2025-dispoe_sobre_a_nomeacao_da_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1636/resolucao_no_020-cmnm-2025-nomeacao_dos_membros__comissao_ccj.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1597/resolucao_no_019-cmnm-2025-com_a_publicacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1574/01-resolucao-n_018-cmnm-2025_repaired.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1573/resolucao_17_merged.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1555/resolucao_no_016-cmnm-2025-institui_a_frente_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1554/resolucao_no_015-cmnm-2025-criacao_de_frentes_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1553/resolucao_no_014-cmnm-2025-regulamentacao_da_lei_13.709-2018-lgpd.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1540/resolucao_no_013-cmnm-2025-cria_a_comissao_para_realizacao_de_estudo_pccs_-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1525/resolucao_no_012-cmnm-2025-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1506/resolucao_no_011-cmnm-2025-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1488/resolucao_no_010-cmnm-2025-instituicao_sistema_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1453/resolucao_no_008-cmnm-2025-ressarcimento_por_deslocamento.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1470/resolucao_no_009-cmnm-2025-planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1437/resolucao_no_007-cmnm-2025-filiacao_ucaver.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1435/resolucao_no_006-cmnm-2025-filiacao_abracam.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1395/resolucao_no_005-cmnm-2025-regulamentacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1394/resolucao_no_004-cmnm-2025-exoneracao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1391/resolucao_no_003-cmnm-2025-comissao_de_agricultura_e_abastecimento_industria_e_comercio_minas_e_energia_politica_agraria_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1390/resolucao_no_002-cmnm-2025-comissao_de_educacao_saude_assistencia_social_obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1389/resolucao_no_001-cmnm-2025_-_comissao_de_constituicao_justica_financas_economia_e_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1441/resolucao_no_019-cmnm-2024_-aprova_a_politica_geral_de_privacidade_e_a_protecao_de_dados_pessoais.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1440/resolucao_no_018-cmnm-2024_-nomeacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1372/resolucao_no_017-cmnm-2024_-_ressarcimento_de_despesa_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1371/resolucao_no_016-cmnm-2024_-_ressarcimento_por_deslocamento.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1370/resolucao_no_015-cmnm-2024-codigo_de_etica_do_servidor_cmnm.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1369/resolucao_no_014-cmnm-2024-codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1336/resolucao_no_013-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1294/resolucao_no_012-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_no_011-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1253/resolucao_no_010-cmnm-2024-_comissao_de_acompanhamento_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1226/resolucao_no_009-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1199/resolucao_no_008_-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1180/resolucao_no_007-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1179/resolucao_no_006-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1178/resolucao_no_005-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1177/resolucao_no_004-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1176/resolucao_no_003-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1175/resolucao_no_002-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1174/resolucao_no_001-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1173/resolucao_no_054-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1172/resolucao_no_053-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1143/resolucao_no_052-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1142/resolucao_no_051-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1141/resolucao_no_050-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1140/resolucao_no_049-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1139/resolucao_no_048-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1138/resolucao_no_047-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1133/resolucao_no_046-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1128/resolucao_no_045-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1125/resolucao_no_044-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1124/resolucao_no_043-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1111/resolucao_no_042-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1110/resolucao_no_041-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1109/resolucao_no_040-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1089/resolucao_no_039-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1088/resolucao_no_038-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1087/resolucao_no_037-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1086/resolucao_no_036-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1077/resolucao_no_035-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1076/resolucao_no_034-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1075/resolucao_no_033-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1073/resolucao_no_032-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1072/resolucao_no_031-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1064/resolucao_no_030-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1063/resolucao_no_029-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1062/resolucao_no_028-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1061/resolucao_no_027-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1060/resolucao_no_026-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1053/resolucao_no_025-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1037/resolucao_no_024-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1036/resolucao_no_023-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/799/resolucao_no_022-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/798/resolucao_no_021-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/797/resolucao_no_020-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/740/resolucao_no_019-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/739/resolucao_no_018-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/733/resolucao_no_017-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/729/resolucao_no_016-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/728/resolucao_no_015-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/717/resolucao_no_014-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/716/resolucao_no_013-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/715/resolucao_no_012-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/714/resolucao_no_011-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/713/resolucao_no_010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/712/resolucao_no_009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/710/resolucao_no_008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/709/resolucao_no_007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/708/resolucao_no_006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/707/resolucao_no_005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/706/resolucao_no_004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/705/resolucao_no_003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/704/resolucao_no_002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/703/resolucao_no_001-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/700/resolucao_no_042-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/699/resolucao_no_041-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/672/resolucao_no_040-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/671/resolucao_no_039-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/670/resolucao_no_038-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/649/resolucao_no_037-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/646/resolucao_no_036-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/634/resolucao_no_035-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/631/resolucao_no_034-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/630/resolucao_no_033-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/629/resolucao_no_032-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/601/resolucao_031.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/587/resolucao_no_030-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/565/resolucao_no_028-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/578/resolucao_no_029-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/564/resolucao_no_027-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/562/resolucao_no_026-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/558/resolucao_no_025-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/540/resolucao_no_024-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/539/resolucao_no_023-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/536/resolucao_no_022-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/535/resolucao_no_021-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/527/resolucao_no_020-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/526/resolucao_no_019-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/525/resolucao_no_018-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/524/resolucao_no_017-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/499/resolucao_no_016-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/498/resolucao_no_015-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/496/resolucao_no_014-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/495/resolucao_no_013-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/494/resolucao_no_012-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/490/resolucao_no_011-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/489/resolucao_no_010-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/488/resolucao_no_009-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/487/resolucao_no_008-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/486/resolucao_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/485/resolucao_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/405/resolucao_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/404/resolucao_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/403/resolucao_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/402/resolucao_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/401/resolucao_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/400/resolucao_no_044-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/393/resolucao_no_043-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/392/resolucao_no_042-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/391/resolucao_no_041-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/390/resolucao_no_040-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/389/resolucao_no_039-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/388/resolucao_no_038-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/387/resolucao_no_037-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/386/resolucao_no_036-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/385/resolucao_no_035-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/384/resolucao_no_034-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/383/resolucao_no_033-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/330/resolucao_no_032-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/310/resolucao_no_031-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/309/resolucao_no_030-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/237/resolucao_no_029-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/236/resolucao_no_028-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/235/resolucao_no_027-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/234/resolucao_no_026-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/200/resolucao_no_025-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/191/resolucao_no_024-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/190/resolucao_no_023-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/178/resolucao_no_022-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/175/resolucao_no_021-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/174/resolucao_no_020-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/173/resolucao_no_019-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/172/resolucao_no_018-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/171/resolucao_no_017-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/170/resolucao_no_016-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/169/resolucao_no_015-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/168/resolucao_no_014-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/161/resolucao_no_013-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/158/resolucao_no_012-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/153/resolucao_no_011-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/152/resolucao_no_010-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/151/resolucao_no_009-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/150/resolucao_no_008-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/149/resolucao_no_007-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/148/resolucao_no_006-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/147/resolucao_no_005-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/146/resolucao_no_004-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/145/resolucao_no_003-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/144/resolucao_no_002-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/143/resolucao_no_001-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/141/resolucao_no_029-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/140/resolucao_no_028-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/139/resolucao_no_027-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/138/resolucao_no_026-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/137/resolucao_no_025-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/136/resolucao_no_024-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/135/resolucao_no_023-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/134/resolucao_no_022-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/133/resolucao_no_021-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/132/resolucao_no_020-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/131/resolucao_no_019-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/117/resolucao_no_017-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/118/resolucao_no_018-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/116/resolucao_no_016-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/103/resolucao_no_015-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/77/resolucao_publicada__no_014-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/76/resolucao_no_013-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/75/resolucao_no_012-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/74/resolucao_no_011-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/42/resolucao_no_010-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/41/resolucao_no_009-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/36/resolucao_no_008-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/32/resolucao_no_007-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/31/carta_ao_usuario_da_camara_municipal_de_nova_mamore.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/30/resolucao_no_005-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/29/resolucao_no_004-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/28/resolucao_no_003-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/27/resolucao_no_002-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/26/resolucao_no_001-cmnm.2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1640/resolucao_no_001-cmnm-2026_-adequacao_do_salario_minimo_no_ano_2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1638/resolucao_no_022-cmnm-2025-organizacao_dos_trabalhos_administrativos_cmnm.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1637/resolucao_no_021-cmnm-2025-dispoe_sobre_a_nomeacao_da_comissao_conferencia_de_caixa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1636/resolucao_no_020-cmnm-2025-nomeacao_dos_membros__comissao_ccj.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1597/resolucao_no_019-cmnm-2025-com_a_publicacao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1574/01-resolucao-n_018-cmnm-2025_repaired.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1573/resolucao_17_merged.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1555/resolucao_no_016-cmnm-2025-institui_a_frente_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1554/resolucao_no_015-cmnm-2025-criacao_de_frentes_parlamentares.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1553/resolucao_no_014-cmnm-2025-regulamentacao_da_lei_13.709-2018-lgpd.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1540/resolucao_no_013-cmnm-2025-cria_a_comissao_para_realizacao_de_estudo_pccs_-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1525/resolucao_no_012-cmnm-2025-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1506/resolucao_no_011-cmnm-2025-governo_digital.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1488/resolucao_no_010-cmnm-2025-instituicao_sistema_de_controle_interno.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1453/resolucao_no_008-cmnm-2025-ressarcimento_por_deslocamento.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1470/resolucao_no_009-cmnm-2025-planejamento_estrategico.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1437/resolucao_no_007-cmnm-2025-filiacao_ucaver.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1435/resolucao_no_006-cmnm-2025-filiacao_abracam.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1395/resolucao_no_005-cmnm-2025-regulamentacao_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1394/resolucao_no_004-cmnm-2025-exoneracao.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1391/resolucao_no_003-cmnm-2025-comissao_de_agricultura_e_abastecimento_industria_e_comercio_minas_e_energia_politica_agraria_e_defesa_do_consumidor.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1390/resolucao_no_002-cmnm-2025-comissao_de_educacao_saude_assistencia_social_obras_e_servicos_publicos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1389/resolucao_no_001-cmnm-2025_-_comissao_de_constituicao_justica_financas_economia_e_fiscalizacao_financeira_e_orcamentaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1441/resolucao_no_019-cmnm-2024_-aprova_a_politica_geral_de_privacidade_e_a_protecao_de_dados_pessoais.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1440/resolucao_no_018-cmnm-2024_-nomeacao.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1372/resolucao_no_017-cmnm-2024_-_ressarcimento_de_despesa_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1371/resolucao_no_016-cmnm-2024_-_ressarcimento_por_deslocamento.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1370/resolucao_no_015-cmnm-2024-codigo_de_etica_do_servidor_cmnm.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1369/resolucao_no_014-cmnm-2024-codigo_de_etica_e_decoro_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1336/resolucao_no_013-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1294/resolucao_no_012-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1291/resolucao_no_011-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1253/resolucao_no_010-cmnm-2024-_comissao_de_acompanhamento_de_estagio.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1226/resolucao_no_009-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1199/resolucao_no_008_-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1180/resolucao_no_007-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1179/resolucao_no_006-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1178/resolucao_no_005-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1177/resolucao_no_004-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1176/resolucao_no_003-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1175/resolucao_no_002-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1174/resolucao_no_001-cmnm-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1173/resolucao_no_054-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1172/resolucao_no_053-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1143/resolucao_no_052-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1142/resolucao_no_051-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1141/resolucao_no_050-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1140/resolucao_no_049-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1139/resolucao_no_048-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1138/resolucao_no_047-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1133/resolucao_no_046-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1128/resolucao_no_045-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1125/resolucao_no_044-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1124/resolucao_no_043-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1111/resolucao_no_042-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1110/resolucao_no_041-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1109/resolucao_no_040-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1089/resolucao_no_039-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1088/resolucao_no_038-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1087/resolucao_no_037-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1086/resolucao_no_036-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1077/resolucao_no_035-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1076/resolucao_no_034-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1075/resolucao_no_033-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1073/resolucao_no_032-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1072/resolucao_no_031-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1064/resolucao_no_030-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1063/resolucao_no_029-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1062/resolucao_no_028-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1061/resolucao_no_027-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1060/resolucao_no_026-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1053/resolucao_no_025-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1037/resolucao_no_024-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1036/resolucao_no_023-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/799/resolucao_no_022-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/798/resolucao_no_021-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/797/resolucao_no_020-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/740/resolucao_no_019-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/739/resolucao_no_018-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/733/resolucao_no_017-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/729/resolucao_no_016-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/728/resolucao_no_015-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/717/resolucao_no_014-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/716/resolucao_no_013-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/715/resolucao_no_012-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/714/resolucao_no_011-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/713/resolucao_no_010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/712/resolucao_no_009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/710/resolucao_no_008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/709/resolucao_no_007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/708/resolucao_no_006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/707/resolucao_no_005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/706/resolucao_no_004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/705/resolucao_no_003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/704/resolucao_no_002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/703/resolucao_no_001-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/700/resolucao_no_042-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/699/resolucao_no_041-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/672/resolucao_no_040-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/671/resolucao_no_039-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/670/resolucao_no_038-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/649/resolucao_no_037-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/646/resolucao_no_036-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/634/resolucao_no_035-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/631/resolucao_no_034-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/630/resolucao_no_033-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/629/resolucao_no_032-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/601/resolucao_031.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/587/resolucao_no_030-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/565/resolucao_no_028-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/578/resolucao_no_029-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/564/resolucao_no_027-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/562/resolucao_no_026-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/558/resolucao_no_025-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/540/resolucao_no_024-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/539/resolucao_no_023-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/536/resolucao_no_022-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/535/resolucao_no_021-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/527/resolucao_no_020-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/526/resolucao_no_019-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/525/resolucao_no_018-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/524/resolucao_no_017-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/499/resolucao_no_016-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/498/resolucao_no_015-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/496/resolucao_no_014-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/495/resolucao_no_013-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/494/resolucao_no_012-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/490/resolucao_no_011-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/489/resolucao_no_010-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/488/resolucao_no_009-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/487/resolucao_no_008-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/486/resolucao_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/485/resolucao_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/405/resolucao_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/404/resolucao_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/403/resolucao_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/402/resolucao_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/401/resolucao_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/400/resolucao_no_044-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/393/resolucao_no_043-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/392/resolucao_no_042-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/391/resolucao_no_041-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/390/resolucao_no_040-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/389/resolucao_no_039-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/388/resolucao_no_038-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/387/resolucao_no_037-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/386/resolucao_no_036-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/385/resolucao_no_035-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/384/resolucao_no_034-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/383/resolucao_no_033-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/330/resolucao_no_032-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/310/resolucao_no_031-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/309/resolucao_no_030-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/237/resolucao_no_029-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/236/resolucao_no_028-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/235/resolucao_no_027-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/234/resolucao_no_026-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/200/resolucao_no_025-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/191/resolucao_no_024-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/190/resolucao_no_023-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/178/resolucao_no_022-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/175/resolucao_no_021-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/174/resolucao_no_020-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/173/resolucao_no_019-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/172/resolucao_no_018-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/171/resolucao_no_017-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/170/resolucao_no_016-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/169/resolucao_no_015-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/168/resolucao_no_014-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/161/resolucao_no_013-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/158/resolucao_no_012-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/153/resolucao_no_011-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/152/resolucao_no_010-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/151/resolucao_no_009-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/150/resolucao_no_008-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/149/resolucao_no_007-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/148/resolucao_no_006-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/147/resolucao_no_005-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/146/resolucao_no_004-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/145/resolucao_no_003-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/144/resolucao_no_002-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/143/resolucao_no_001-cmnm.2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/141/resolucao_no_029-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/140/resolucao_no_028-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/139/resolucao_no_027-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/138/resolucao_no_026-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/137/resolucao_no_025-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/136/resolucao_no_024-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/135/resolucao_no_023-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/134/resolucao_no_022-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/133/resolucao_no_021-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/132/resolucao_no_020-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/131/resolucao_no_019-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/117/resolucao_no_017-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/118/resolucao_no_018-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/116/resolucao_no_016-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/103/resolucao_no_015-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/77/resolucao_publicada__no_014-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/76/resolucao_no_013-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/75/resolucao_no_012-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/74/resolucao_no_011-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/42/resolucao_no_010-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/41/resolucao_no_009-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/36/resolucao_no_008-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/32/resolucao_no_007-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/31/carta_ao_usuario_da_camara_municipal_de_nova_mamore.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/30/resolucao_no_005-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/29/resolucao_no_004-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/28/resolucao_no_003-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/27/resolucao_no_002-cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/26/resolucao_no_001-cmnm.2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G212"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="216.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="215.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>