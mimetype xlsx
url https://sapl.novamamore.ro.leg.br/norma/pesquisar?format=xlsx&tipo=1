--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -10,86 +10,222 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="191">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="221">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1626</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o recesso funcional _x000D_
+no  âmbito da Câmara Municipal _x000D_
+de Nova Mamoré - RO.</t>
+  </si>
+  <si>
+    <t>1625</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o recesso funcional _x000D_
+no âmbito da Câmara Municipal _x000D_
+de Nova Mamoré - RO</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de _x000D_
+“Concessão Honorífico” de Título _x000D_
+ao Ilustríssimo Senhor Dr. Neidson _x000D_
+de Barros Soares.</t>
+  </si>
+  <si>
+    <t>1624</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede ponto facultativo no _x000D_
+âmbito da Câmara Municipal de _x000D_
+Nova Mamoré no dia 21 de _x000D_
+novembro de 2025, e dá outras _x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>1623</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de_x000D_
+“Concessão de Título_x000D_
+Honorífico” ao Ilustríssimo_x000D_
+Senhor Expedito Gonçalves_x000D_
+Ferreira Netto.</t>
+  </si>
+  <si>
+    <t>1622</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de_x000D_
+“Concessão de Título_x000D_
+Honorífico” ao Ilustríssimo_x000D_
+Senhor Maurício Carvalho.</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de_x000D_
+“Concessão de Título_x000D_
+Honorífico” a Ilustríssima_x000D_
+Senhora Mariana Carvalho.</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de_x000D_
+“Concessão de Título_x000D_
+Honorífico” a Ilustríssima_x000D_
+Senhora Cleideir Nunes Lima.</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de_x000D_
+“Concessão de Título_x000D_
+Honorífico” a Ilustríssima_x000D_
+Senhora Angelina Rodrigues_x000D_
+Uchôa.</t>
+  </si>
+  <si>
     <t>1563</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
-  </si>
-[...4 lines deleted...]
-    <t>DECRETO LEGISLATIVO</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>“Concede ponto facultativo no âmbito da _x000D_
 Câmara Municipal de Nova Mamoré nos _x000D_
 dias 30 e 31 de outubro de 2025, e dá _x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Ciência do Parecer Prévio PPL-TC 00001/2025 - referente ao processo 01220/2024. _x000D_
 O Presente Parecer Prévio é referente as contas do Chefe do Poder Executivo, do exercício _x000D_
 financeiro de 2023.</t>
   </si>
   <si>
@@ -222,65 +358,59 @@
 TRANFERIDA PARA DIA 03 (SEXTAFEIRA)_x000D_
 DE MAIO DE 2024, NO_x000D_
 ÂMBITO DA CÂMARA MUNICIPAL_x000D_
 DE NOVA MAMORÉ.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Estabelece Pontos_x000D_
  Facultativos nos dias 12 e 13 _x000D_
 de fevereiro de 2024, no _x000D_
 âmbito da Câmara Municipal _x000D_
 de Nova Mamoré - RO</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECESSO FUNCIONAL_x000D_
 NO ÂMBITO DA CÂMARA MUNICIPAL DE_x000D_
  NOVA MAMORÉ.</t>
   </si>
   <si>
     <t>1132</t>
-  </si>
-[...1 lines deleted...]
-    <t>9</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA _x000D_
 20 DE NOVEMBRO_x000D_
  (SEGUNDA-FEIRA), NO _x000D_
 ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ, _x000D_
 DIA NACIONAL DO LÍDER NEGRO_x000D_
  ZUMBI DOS PALMARES E DA _x000D_
 CONSCIÊNCIA NEGRA.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO NO DIA 03 DE_x000D_
 NOVEMBRO (SEXTA-FEIRA), NO ÂMBITO DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ,_x000D_
@@ -480,53 +610,50 @@
 EXERCÍCIO DE 2020, DE _x000D_
 RESPONSABILIDADE DO_x000D_
 SENHOR CLAUDIONOR LEME_x000D_
 DA ROCHA, EX-PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTOS FACULTATIVOS _x000D_
 NOS DIA 28 DE FEVEREIRO DE 2022, _x000D_
 E NO DIA 02 DE MARÇO DE 2022, NO_x000D_
 ÂMBITO DA CÂMARA DE VEREADORES_x000D_
 DO MUNICÍPIO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO_x000D_
 DAS CONTAS DE GOVERNO DO_x000D_
 MUNICÍPIO DE NOVA_x000D_
 MAMORÉ/RO, RELATIVAS AO_x000D_
 EXERCÍCIO DE 2019, DE_x000D_
 RESPONSABILIDADE DO_x000D_
 SENHOR CLAUDIONOR LEME_x000D_
 DA ROCHA, EX-PREFEITO_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf</t>
   </si>
   <si>
     <t>ESTABELECE O RECESSSO _x000D_
 DIANTE DO PERÍODO NATALINO E_x000D_
  ANO NOVO DOS DIAS 23 DE _x000D_
 DEZEMBRO DE 2021 A 04 DE _x000D_
 JANEIRO DE 2022, NO ÂMBITO DA _x000D_
@@ -619,82 +746,73 @@
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1º e 2º e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor JOSÉ BRASILEIRO UCHÔA, pelos relevantes serviços públicos no Município de Nova Mamoré em comemoração aos 33 Anos de Político-Administrativa deste Município. _x000D_
             Senhor Presidente,_x000D_
             Senhores Vereadores._x000D_
               Esta CONCESSÃO DE TÍTULO CIDADÃO HONORÍFICO, tem por finalidade dar reconhecimento aos relevantes serviços públicos ao Senhor José Brasileiro Uchôa. Prefeito por 03 (três) mandatos e 01 (um) de Vice-Prefeito.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO_x000D_
  NOS DIAS 15, 16, 17 DE FEVEREIRO _x000D_
 DE 2021, NO ÂMBITO DA CÂMARA _x000D_
 DE VEREADORES DO MUNICÍPIO DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Mantêm as Medidas de Prevenção_x000D_
 e Combate ao Contágio do_x000D_
 CORONAVÍRUS (COVID-19), no_x000D_
 âmbito da Câmara Municipal de_x000D_
 Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>Ofício nº 0381/2020 – DP-SPJ – referente ao _x000D_
 Processo nº 01020/19/TCER-RO – Acórdão APL-TC 00376/19 _x000D_
 e Parecer Prévio que versa sobre a Prestação de Contas do _x000D_
 Município de Nova Mamoré, referente ao exercício de 2018.</t>
   </si>
   <si>
     <t>80</t>
-  </si>
-[...1 lines deleted...]
-    <t>12</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Estabelece Novas Medidas de Prevenção e Combate ao Contágio_x000D_
  do CORONAVÍRUS (COVID-19), no âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 3o, do Decreto Legislativo n° 010/CMNM/2020, que Estabelece as _x000D_
 Novas Medidas de Prevenção e Combate ao Contágio do CORONAVÍRUS _x000D_
 (COVID-19), no âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf</t>
   </si>
@@ -1134,56 +1252,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G55"/>
+  <dimension ref="A1:G64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="249.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1365,1101 +1483,1308 @@
       </c>
       <c r="B9" t="s">
         <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G13" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="C15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G16" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="G17" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="C18" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G18" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="G19" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C20" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G20" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>85</v>
+      </c>
+      <c r="B21" t="s">
         <v>79</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="G21" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="G22" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>92</v>
       </c>
       <c r="C23" t="s">
         <v>39</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="G23" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C24" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="G24" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" t="s">
         <v>92</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="G25" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C26" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="G26" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="G27" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B28" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C28" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="G28" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B29" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="G29" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B30" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="G30" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
+        <v>71</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G31" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B32" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G32" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B33" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C33" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="G33" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B34" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="G34" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="G35" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B36" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C36" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="G36" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B37" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C37" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="G37" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C38" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="G38" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="C39" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="G39" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="C40" t="s">
         <v>35</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="G40" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="C41" t="s">
         <v>39</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="G41" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>151</v>
+      </c>
+      <c r="B42" t="s">
         <v>145</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>147</v>
+        <v>43</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="G42" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B43" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C43" t="s">
-        <v>151</v>
+        <v>47</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="G43" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B44" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C44" t="s">
-        <v>155</v>
+        <v>51</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G44" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B45" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C45" t="s">
-        <v>112</v>
+        <v>55</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="G45" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B46" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C46" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="G46" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B47" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C47" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G47" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B48" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C48" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G48" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B49" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C49" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G49" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B50" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C50" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G50" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B51" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="C51" t="s">
         <v>23</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G51" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
+        <v>182</v>
+      </c>
+      <c r="B52" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="C52" t="s">
         <v>27</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="G52" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="C53" t="s">
         <v>31</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G53" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="C54" t="s">
         <v>35</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="G54" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B55" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="C55" t="s">
         <v>39</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="G55" t="s">
-        <v>190</v>
+        <v>193</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" t="s">
+        <v>194</v>
+      </c>
+      <c r="B56" t="s">
+        <v>179</v>
+      </c>
+      <c r="C56" t="s">
+        <v>43</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="G56" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" t="s">
+        <v>197</v>
+      </c>
+      <c r="B57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C57" t="s">
+        <v>47</v>
+      </c>
+      <c r="D57" t="s">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="G57" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" t="s">
+        <v>200</v>
+      </c>
+      <c r="B58" t="s">
+        <v>179</v>
+      </c>
+      <c r="C58" t="s">
+        <v>51</v>
+      </c>
+      <c r="D58" t="s">
+        <v>10</v>
+      </c>
+      <c r="E58" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="G58" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" t="s">
+        <v>203</v>
+      </c>
+      <c r="B59" t="s">
+        <v>179</v>
+      </c>
+      <c r="C59" t="s">
+        <v>55</v>
+      </c>
+      <c r="D59" t="s">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="G59" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" t="s">
+        <v>206</v>
+      </c>
+      <c r="B60" t="s">
+        <v>179</v>
+      </c>
+      <c r="C60" t="s">
+        <v>59</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="G60" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" t="s">
+        <v>209</v>
+      </c>
+      <c r="B61" t="s">
+        <v>179</v>
+      </c>
+      <c r="C61" t="s">
+        <v>63</v>
+      </c>
+      <c r="D61" t="s">
+        <v>10</v>
+      </c>
+      <c r="E61" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="G61" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" t="s">
+        <v>212</v>
+      </c>
+      <c r="B62" t="s">
+        <v>179</v>
+      </c>
+      <c r="C62" t="s">
+        <v>67</v>
+      </c>
+      <c r="D62" t="s">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="G62" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" t="s">
+        <v>215</v>
+      </c>
+      <c r="B63" t="s">
+        <v>179</v>
+      </c>
+      <c r="C63" t="s">
+        <v>71</v>
+      </c>
+      <c r="D63" t="s">
+        <v>10</v>
+      </c>
+      <c r="E63" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="G63" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" t="s">
+        <v>218</v>
+      </c>
+      <c r="B64" t="s">
+        <v>179</v>
+      </c>
+      <c r="C64" t="s">
+        <v>75</v>
+      </c>
+      <c r="D64" t="s">
+        <v>10</v>
+      </c>
+      <c r="E64" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G64" t="s">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2474,50 +2799,59 @@
     <hyperlink ref="F31" r:id="rId30"/>
     <hyperlink ref="F32" r:id="rId31"/>
     <hyperlink ref="F33" r:id="rId32"/>
     <hyperlink ref="F34" r:id="rId33"/>
     <hyperlink ref="F35" r:id="rId34"/>
     <hyperlink ref="F36" r:id="rId35"/>
     <hyperlink ref="F37" r:id="rId36"/>
     <hyperlink ref="F38" r:id="rId37"/>
     <hyperlink ref="F39" r:id="rId38"/>
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
+    <hyperlink ref="F56" r:id="rId55"/>
+    <hyperlink ref="F57" r:id="rId56"/>
+    <hyperlink ref="F58" r:id="rId57"/>
+    <hyperlink ref="F59" r:id="rId58"/>
+    <hyperlink ref="F60" r:id="rId59"/>
+    <hyperlink ref="F61" r:id="rId60"/>
+    <hyperlink ref="F62" r:id="rId61"/>
+    <hyperlink ref="F63" r:id="rId62"/>
+    <hyperlink ref="F64" r:id="rId63"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>