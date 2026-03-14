--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -10,941 +10,987 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="448" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="231">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1676</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1676/decreto_legislativo_no_003-cmnm-2026-concessao_de_titulo_honorifico.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a outorga de _x000D_
+“Concessão de Título _x000D_
+Honorífico” ao Ilustríssimo _x000D_
+Senhor Pastor Sebastião _x000D_
+Valadares Neto e à Ilustríssima _x000D_
+Senhora Pastora Milsolange _x000D_
+Pires Luz Valadares”.</t>
+  </si>
+  <si>
+    <t>1658</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1658/decreto_legislativo_no_002-cmnm-2026-ponto_facultativo.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece Ponto Facultativo_x000D_
+nos dias 16, 17 e 18 de_x000D_
+fevereiro de 2026, no âmbito_x000D_
+da Câmara Municipal de Nova_x000D_
+Mamoré, em decorrência do_x000D_
+carnaval.</t>
+  </si>
+  <si>
+    <t>1653</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1653/decreto_legislativo_no_001-cmnm-2026-cedencia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a cedência de_x000D_
+Servidor Público pertencente_x000D_
+ao quadro funcional da_x000D_
+Câmara Municipal de Nova_x000D_
+Mamoré – RO para a Prefeitura_x000D_
+Municipal de Nova Mamoré - RO.</t>
+  </si>
+  <si>
     <t>1626</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>DL</t>
-[...5 lines deleted...]
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recesso funcional _x000D_
 no  âmbito da Câmara Municipal _x000D_
 de Nova Mamoré - RO.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recesso funcional _x000D_
 no âmbito da Câmara Municipal _x000D_
 de Nova Mamoré - RO</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de _x000D_
 “Concessão Honorífico” de Título _x000D_
 ao Ilustríssimo Senhor Dr. Neidson _x000D_
 de Barros Soares.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Concede ponto facultativo no _x000D_
 âmbito da Câmara Municipal de _x000D_
 Nova Mamoré no dia 21 de _x000D_
 novembro de 2025, e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” ao Ilustríssimo_x000D_
 Senhor Expedito Gonçalves_x000D_
 Ferreira Netto.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” ao Ilustríssimo_x000D_
 Senhor Maurício Carvalho.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” a Ilustríssima_x000D_
 Senhora Mariana Carvalho.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” a Ilustríssima_x000D_
 Senhora Cleideir Nunes Lima.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de_x000D_
 “Concessão de Título_x000D_
 Honorífico” a Ilustríssima_x000D_
 Senhora Angelina Rodrigues_x000D_
 Uchôa.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>“Concede ponto facultativo no âmbito da _x000D_
 Câmara Municipal de Nova Mamoré nos _x000D_
 dias 30 e 31 de outubro de 2025, e dá _x000D_
 outras providências.”</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf</t>
   </si>
   <si>
     <t>Ciência do Parecer Prévio PPL-TC 00001/2025 - referente ao processo 01220/2024. _x000D_
 O Presente Parecer Prévio é referente as contas do Chefe do Poder Executivo, do exercício _x000D_
 financeiro de 2023.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf</t>
   </si>
   <si>
     <t>Ciência do Parecer Prévio PPL-TC 00007/2024 - referente ao processo 01069/2023._x000D_
 O Presente Parecer Prévio é referente as contas do Chefe do Poder Executivo, do exercício_x000D_
 de 2022.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo no dia 20 de_x000D_
  junho de 2025, no âmbito da Câmara_x000D_
  Municipal de Vereadores de Nova_x000D_
  Mamoré RO.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o funcionamento excepcional da _x000D_
 Câmara Municipal de Nova Mamoré-RO, no_x000D_
 feriado de 1º de maio e a concessão de ponto _x000D_
 facultativo no dia 2 de maio de 2025.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo no dia 17 de abril_x000D_
 de 2025, no âmbito da Câmara Municipal de_x000D_
 Vereadores de Nova Mamoré – RO.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo nos dias _x000D_
 03 a 05 de março de 2025, no âmbito _x000D_
 da Câmara Municipal de Vereadores _x000D_
 de Nova Mamoré – RO.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>1</t>
-[...2 lines deleted...]
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo nos dias _x000D_
 03 e 05 de março de 2025, no âmbito _x000D_
 da Câmara Municipal de Vereadores _x000D_
 de Nova Mamoré – RO.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recesso _x000D_
 funcional no âmbito da _x000D_
 Câmara Municipal de Nova _x000D_
 Mamoré - RO.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf</t>
   </si>
   <si>
     <t>Estabelece Ponto Facultativo_x000D_
 no dia 28 de outubro de 2024, _x000D_
 no âmbito da Câmara _x000D_
 Municipal de Nova Mamoré -_x000D_
 RO.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf</t>
   </si>
   <si>
     <t>A SUSPENSÃO DAS ATIVIDADES_x000D_
 DE TRABALHO NO FERIADO_x000D_
 NACIONAL DO DIA 01 (QUARTAFEIRA)_x000D_
 DE MAIO DE 2024, FICA_x000D_
 TRANFERIDA PARA DIA 03 (SEXTAFEIRA)_x000D_
 DE MAIO DE 2024, NO_x000D_
 ÂMBITO DA CÂMARA MUNICIPAL_x000D_
 DE NOVA MAMORÉ.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>Estabelece Pontos_x000D_
  Facultativos nos dias 12 e 13 _x000D_
 de fevereiro de 2024, no _x000D_
 âmbito da Câmara Municipal _x000D_
 de Nova Mamoré - RO</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECESSO FUNCIONAL_x000D_
 NO ÂMBITO DA CÂMARA MUNICIPAL DE_x000D_
  NOVA MAMORÉ.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA _x000D_
 20 DE NOVEMBRO_x000D_
  (SEGUNDA-FEIRA), NO _x000D_
 ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ, _x000D_
 DIA NACIONAL DO LÍDER NEGRO_x000D_
  ZUMBI DOS PALMARES E DA _x000D_
 CONSCIÊNCIA NEGRA.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO NO DIA 03 DE_x000D_
 NOVEMBRO (SEXTA-FEIRA), NO ÂMBITO DA _x000D_
 CÂMARA MUNICIPAL DE NOVA MAMORÉ,_x000D_
 CONSIDERANDO O FERIADO DO DIA 02 DE _x000D_
 NOVEMBRO, DIA DE FINADOS.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA 13 _x000D_
 DE OUTUBRO (SEXTA-FEIRA), _x000D_
 NO ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ,_x000D_
 CONSIDERANDO O FERIADO DO _x000D_
 DIA 12 DE OUTUBRO, DIA DA _x000D_
 NOSSA SENHORA APARECIDA,_x000D_
  PADROEIRA DO BRASIL.</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO NO _x000D_
 DIA 08 DE SETEMBRO (SEXTA-FEIRA), _x000D_
 NO ÂMBITO DA CÂMARA MUNICIPAL _x000D_
 DE NOVA MAMORÉ, CONSIDERANDO _x000D_
 O FERIADO DO DIA 07 DE SETEMBRO, _x000D_
 DIA DA INDEPENDÊNCIA DO BRASIL.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA _x000D_
 09 DE JUNHO (SEXTA-FEIRA), _x000D_
 NO ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA MAMORÉ,_x000D_
  CONSIDERANDO O FERIADO DO _x000D_
 DIA 08 DE JUNHO, DIA DE CORPUS_x000D_
  CHRISTI.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação das _x000D_
 Contas do Município de Nova _x000D_
 Mamoré/RO, relativas ao _x000D_
 exercício de 2021, de _x000D_
 responsabilidade do Senhor _x000D_
 Marcélio Rodrigues Uchôa, _x000D_
 Prefeito do Município de Nova_x000D_
  Mamoré.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Gestão de Riscos_x000D_
 e Controles Internos no âmbito da_x000D_
  Câmara Municipal de Nova Mamoré/RO</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf</t>
   </si>
   <si>
     <t>Institui a Política de Governança Pública_x000D_
  e Compliance no âmbito do Poder _x000D_
 Legislativo do Município de Nova_x000D_
  Mamoré/RO.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO _x000D_
 NOS DIAS 20, 21 E 22 DE FEVEREIRO _x000D_
 DE 2023, NO ÂMBITO DA CÂMARA_x000D_
  MUNICÍPAL DE NOVA MAMORÉ/RO.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA _x000D_
 03 DE OUTUBRO _x000D_
 (SEGUNDA-FEIRA), NO_x000D_
  ÂMBITO DA CÂMARA _x000D_
 MUNICIPAL DE NOVA_x000D_
  MAMORÉ, CONSIDERANDO _x000D_
 O FERIADO DO DIA 04 DE _x000D_
 OUTUBRO, DIA DO_x000D_
  PADROEIRO DO MUNICÍPIO _x000D_
 DE NOVA MAMORÉ.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO_x000D_
 NO DIA 06 DE SETEMBRO (TERÇA-FEIRA), _x000D_
 NO ÂMBITO DA CÂMARA MUNICIPAL DE_x000D_
 NOVA MAMORÉ, CONSIDERANDO O _x000D_
 FERIADO DO DIA 07 DE SETEMBRO, _x000D_
 COMEMORAÇÃO DA INDEPENDÊNCIA DO _x000D_
 BRASIL.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA_x000D_
  22 DE JULHO (SEXTA-FEIRA),_x000D_
  NO ÂMBITO DA CÂMARA_x000D_
  MUNICIPAL DE NOVA MAMORÉ, _x000D_
 CONSIDERANDO O FERIADO DO _x000D_
 DIA 21 DE JULHO, ANIVERSÁRIO_x000D_
  DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>TRANSFERE A DATA DO FERIADO _x000D_
 DE TIRADENTES DE 21 DE ABRIL _x000D_
 (QUINTA-FEIRA) PARA 22 DE ABRIL_x000D_
  DE 2022 (SEXTA-FEIRA) NO ÂMBITO_x000D_
  DA CÂMARA MUNICIPAL DE NOVA _x000D_
 MAMORÉ.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE QUE O HORÁRIO DE _x000D_
 EXPEDIENTE SERÁ ATÉ AS 12H NO_x000D_
  DIA 14 DE ABRIL DE 2022 NO _x000D_
 ÂMBITO DA CÂMARA DE _x000D_
 VEREADORES DO MUNICÍPIO DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO _x000D_
 DAS CONTAS DE GOVERNO DO _x000D_
 MUNICÍPIO DE NOVA _x000D_
 MAMORÉ/RO, RELATIVAS AO _x000D_
 EXERCÍCIO DE 2020, DE _x000D_
 RESPONSABILIDADE DO_x000D_
 SENHOR CLAUDIONOR LEME_x000D_
 DA ROCHA, EX-PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTOS FACULTATIVOS _x000D_
 NOS DIA 28 DE FEVEREIRO DE 2022, _x000D_
 E NO DIA 02 DE MARÇO DE 2022, NO_x000D_
 ÂMBITO DA CÂMARA DE VEREADORES_x000D_
 DO MUNICÍPIO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO_x000D_
 DAS CONTAS DE GOVERNO DO_x000D_
 MUNICÍPIO DE NOVA_x000D_
 MAMORÉ/RO, RELATIVAS AO_x000D_
 EXERCÍCIO DE 2019, DE_x000D_
 RESPONSABILIDADE DO_x000D_
 SENHOR CLAUDIONOR LEME_x000D_
 DA ROCHA, EX-PREFEITO_x000D_
 MUNICIPAL.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf</t>
   </si>
   <si>
     <t>ESTABELECE O RECESSSO _x000D_
 DIANTE DO PERÍODO NATALINO E_x000D_
  ANO NOVO DOS DIAS 23 DE _x000D_
 DEZEMBRO DE 2021 A 04 DE _x000D_
 JANEIRO DE 2022, NO ÂMBITO DA _x000D_
 CÂMARA DE VEREADORES DO _x000D_
 MUNICÍPIO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NO DIA 01_x000D_
 DE NOVEMBRO DE 2021, _x000D_
 NO ÂMBITO DA CÂMARA _x000D_
 DE VEREADORES DO _x000D_
 MUNICÍPIO DE NOVA _x000D_
 MAMORÉ-RO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1° e 2º e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor ACIR MARCOS GURGACZ, pelos relevantes serviços públicos prestados ao Estado de Rondônia e ao Município de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1° e 2º e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor CLAUDIONOR LEMES DA ROCHA, pelos relevantes serviços públicos prestados no Município de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1° e 2º e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor DR. WELISON NUNES DA SILVA, pelos relevantes serviços públicos no Estado de Rondônia e no Município de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme artigo 141 §1° e 2o e artigo 142 do Regimento Interno desta Casa de Leis à Senhora SILVIA CRISTINA AMANCIO CHAGAS, pelos relevantes serviços públicos no Estado de Rondônia e no Município de Nova Mamoré-RO.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO_x000D_
 FACULTATIVO NOS DIAS 23, 26, 27 _x000D_
 DE JULHO DE 2021, NO ÂMBITO DA_x000D_
  CÂMARA DE VEREADORES DO _x000D_
 MUNICÍPIO DE NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1° e 2o e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor VICENTE DE PAULA BATISTA RODRIGUES, pelos relevantes serviços públicos no Município de Nova Mamoré em comemoração aos 33 Anos de Político-Administrativa deste Município._x000D_
 Senhor Presidente,_x000D_
 Senhores Vereadores._x000D_
 Esta CONCESSÃO DE TÍTULO CIDADÃO HONORÍFICO, tem por finalidade dar reconhecimento aos relevantes serviços públicos ao Senhor Vicente de Paula Batista Rodrigues. Médico e ex-Prefeito (1997/2000).</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Presidente desta Câmara Municipal de Nova Mamoré, a Concessão de “Título Cidadão Honorífico”, através de Decreto Legislativo, conforme Artigo 141 §1º e 2º e artigo 142 do Regimento Interno desta Casa de Leis ao Senhor JOSÉ BRASILEIRO UCHÔA, pelos relevantes serviços públicos no Município de Nova Mamoré em comemoração aos 33 Anos de Político-Administrativa deste Município. _x000D_
             Senhor Presidente,_x000D_
             Senhores Vereadores._x000D_
               Esta CONCESSÃO DE TÍTULO CIDADÃO HONORÍFICO, tem por finalidade dar reconhecimento aos relevantes serviços públicos ao Senhor José Brasileiro Uchôa. Prefeito por 03 (três) mandatos e 01 (um) de Vice-Prefeito.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PONTO FACULTATIVO_x000D_
  NOS DIAS 15, 16, 17 DE FEVEREIRO _x000D_
 DE 2021, NO ÂMBITO DA CÂMARA _x000D_
 DE VEREADORES DO MUNICÍPIO DE _x000D_
 NOVA MAMORÉ-RO.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Mantêm as Medidas de Prevenção_x000D_
 e Combate ao Contágio do_x000D_
 CORONAVÍRUS (COVID-19), no_x000D_
 âmbito da Câmara Municipal de_x000D_
 Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>Ofício nº 0381/2020 – DP-SPJ – referente ao _x000D_
 Processo nº 01020/19/TCER-RO – Acórdão APL-TC 00376/19 _x000D_
 e Parecer Prévio que versa sobre a Prestação de Contas do _x000D_
 Município de Nova Mamoré, referente ao exercício de 2018.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Estabelece Novas Medidas de Prevenção e Combate ao Contágio_x000D_
  do CORONAVÍRUS (COVID-19), no âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 3o, do Decreto Legislativo n° 010/CMNM/2020, que Estabelece as _x000D_
 Novas Medidas de Prevenção e Combate ao Contágio do CORONAVÍRUS _x000D_
 (COVID-19), no âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf</t>
   </si>
   <si>
     <t>“Estabelece Novas Medidas de Prevenção e Combate ao_x000D_
  Contágio do CORONAVÍRUS (COVID-19), no âmbito da _x000D_
 Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf</t>
   </si>
   <si>
     <t>ACÓRDÃO APL-TC 00106.19 E O PARECER PRÉVIO PPL-TC 00014/19_x000D_
 _x000D_
 Acórdão APL-TC 00106/19 e o Parecer Prévio PPL-TC 00014/19 – Referente ao Processo nº 01613/05/TCE-RO, que versa da Tomadas de Contas Especial da Prefeitura Municipal de Nova Mamoré como Responsável José Antenor Nogueira – Prefeito Municipal no exercício de 2004.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o atendimento ao público na estrutura física da _x000D_
 Câmara Municipal de Nova Mamoré- RO, devido ao avanço do _x000D_
 contágio do CORONOVÍRUS (COVID-19), no âmbito do_x000D_
  Município de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as atuais medidas de prevenção e combate _x000D_
 ao contágio do CORONOVÍRUS (COVID-19), no _x000D_
 âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf</t>
   </si>
   <si>
     <t>Decreto Legislativo n° 006/CMNM/2020 _x000D_
 _x000D_
  “Estabelece medidas de contingenciamento e_x000D_
  utilização racional de recursos públicos, e dá_x000D_
  outras providências, no âmbito da Câmara _x000D_
 Municipal de Nova Mamoré/RO, diante do_x000D_
  quadro de pandemia e calamidade pública_x000D_
  decorrente da COVID-19".</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf</t>
   </si>
   <si>
     <t>“Prorroga o Decreto Legislativo n° 004/CMNM/2020,_x000D_
 Que dispõe sobre a realização das Sessões Ordinárias,_x000D_
  Em virtude das medidas de prevenção e combate ao _x000D_
 Contágio do CORONAVÍRUS (COVID-19), no âmbito_x000D_
  Da Câmara Municipal de Nova Mamoré/RO e dá outras providências”.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a realização das Sessões Ordinárias em virtude _x000D_
 das   medidas de prevenção e combate ao contágio do_x000D_
  CORONOVÍRUS (COVID-19), no âmbito da Câmara _x000D_
 Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as medidas de prevenção e combate ao contágio_x000D_
  do CORONOVÍRUS (COVID-19), no âmbito da Câmara Municipal de Nova Mamoré/RO”.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE OS PROCEDIMENTOS E REGRAS_x000D_
 PARA FINS DE PREVENÇÃO À INFECÇÃO E À _x000D_
 PROPAGAÇÃO DO "COVID-19", NO ÂMBITO _x000D_
 DA CÂMARA MUNICIPAL DE NOVA MAMORÉ/RO".</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf</t>
+    <t>http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ADEQUAÇÃO DO SALÁRIO MÍNIMO_x000D_
 NO EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1252,66 +1298,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1676/decreto_legislativo_no_003-cmnm-2026-concessao_de_titulo_honorifico.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1658/decreto_legislativo_no_002-cmnm-2026-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2026/1653/decreto_legislativo_no_001-cmnm-2026-cedencia.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1626/decreto_no_017-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1625/decreto_no_016-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1598/decreto_no_015-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1624/decreto_no_014-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1623/decreto_no_013-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1622/decreto_no_012-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1621/decreto_no_011-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1620/decreto_no_010-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1619/decreto_no_009-cmnm-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1563/decreto_legislativo_no_008-cmnm-2025-assinado_digital-_ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1523/decreto_legislativo_no_007-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1495/decreto_legislativo_no_006-cmnm-2025-dispoe_sobre_a_aprovacao_das_contas_do_pref._exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1485/decreto_legislativo_no_005-cmnm-2025-assinado_digital-_ponto_facultativo_dia_20_de_junho.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1454/decreto_legislativo_no_004-cmnm-2025-assinado_digital-.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1452/decreto_legislativo_no_003-cmnm-2025-ponto_facultativo-retificado.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1425/decreto_legislativo_no_002-cmnm-2025-ponto_facultativo-assinado_digital-_retificacao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2025/1424/decreto_legislativo_no_001-cmnm-2025-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1401/decreto_legislativo_no_004-2024-_recesso_funcional-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1350/decreto_legislativo_no_003-2024-ponto_facultativo-assinado_digital.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1252/decreto_legislativo_no002-cmnm-2024-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2024/1183/decreto_legislativo_no001-cmnm-2024-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1171/decreto_legislativo_no010-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1132/decreto_legislativo_no009-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1123/decreto_legislativo_no008-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1108/decreto_legislativo_no007-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1090/decreto_legislativo_no006-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/1049/decreto_legislativo_no005-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/741/decreto_legislativo_no004-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/727/decreto_legislativo_no003-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/726/decreto_legislativo_no002-cmnm-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2023/723/decreto_legislativo_no001-cmnm-2023-ponto_facultativo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/662/decreto_legislativo_no_007-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/661/decreto_legislativo_no_006-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/660/decreto_legislativo_no_005-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/559/decreto_legislativo_no_004-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/548/decreto_legislativo_no_003-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/547/decreto_legislativo_no_002-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2022/542/decreto_legislativo_no_001-cmnm-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/380/decreto_legislativo_no_011-cmnm-2021-sobre_a_aprovacao_das_contas_de_governo_do_municipio_de_nova_mamore-exercicio_2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/645/decreto_legislativo_no_010-cmnm-2021-estabelece_o_recessso_diante_do_periodo_natalino_e_ano_novo_dos_dias_23_de_dezembro_de_2021_a_04_de_janeiro_de_2022_no_ambito_da_camara_..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/362/decreto_legislativo_no_009-cmnm-2021-ponto_facultativo_do_servidor_publico.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/314/decreto_legislativo_no_008-cmnm-2021-titulo_honorifico_acir_marcos_gurgacz.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/313/decreto_legislativo_no_007-cmnm-2021-titulo_honorifico_claudionor_lemes_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/312/decreto_legislativo_no_006-cmnm-2021-titulo_honorifico_wellison_nunes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/311/decreto_legislativo_no_005-cmnm-2021-titulo_honorifico_silvia_cristina_amancio_chagas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/240/decreto_legislativo_no_004-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/239/decreto_legislativo_no_003-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/238/decreto_legislativo_no_002-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2021/159/decreto_legislativo_no_001-cmnm-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/99/decreto_legislativo_no_014.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/95/decreto_legislativo_no_013.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/80/decreto_legislativo_no_012.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/79/decreto_legislativo_no_011.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/78/decreto_legislativo_no_010.cmnm.2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/57/decreto_legislativo_no_009_-_2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/52/decreto_legislativo_no_008_-_2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/51/decreto_legislativo_no_007.cmnm._2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/50/decreto_legislativo_no_006_-_2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/49/decreto_legislativo_no_005_-_2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/48/decreto_legislativo_no_004-_2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/47/decreto_legislativo_no_003_-_2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/46/decreto_legislativo_no_002.cmnm._17.03.2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novamamore.ro.leg.br/media/sapl/public/normajuridica/2020/45/decreto_legislativo_no_001.cmnm.14.012020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G64"/>
+  <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="249.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="248.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1368,1423 +1414,1492 @@
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G17" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>80</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="C20" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="C21" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>86</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="G22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>93</v>
       </c>
       <c r="G23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>96</v>
       </c>
       <c r="G24" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C25" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>101</v>
       </c>
       <c r="B26" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C27" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G28" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B31" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B33" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="C33" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G33" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>126</v>
       </c>
       <c r="B34" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G34" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>59</v>
+        <v>19</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G35" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>132</v>
       </c>
       <c r="B36" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G37" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C38" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G38" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B39" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G39" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C40" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G40" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>148</v>
       </c>
       <c r="B41" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C41" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G41" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>151</v>
       </c>
       <c r="B42" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="C42" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>152</v>
       </c>
       <c r="G42" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>154</v>
       </c>
       <c r="B43" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C43" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G43" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B44" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C44" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G44" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B45" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C45" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B46" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C46" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B47" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C47" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B48" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C48" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B49" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C49" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="G49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B50" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C50" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G50" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B51" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="C51" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>180</v>
       </c>
       <c r="G51" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="C52" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>183</v>
       </c>
       <c r="G52" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>185</v>
       </c>
       <c r="B53" t="s">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c r="C53" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G53" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>188</v>
       </c>
       <c r="B54" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C54" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G54" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B55" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C55" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G55" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B56" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C56" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G56" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B57" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C57" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G57" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B58" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G58" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B59" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C59" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G59" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B60" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C60" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G60" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B61" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C61" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="G61" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B62" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C62" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="G62" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B63" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C63" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G63" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="C64" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G64" t="s">
-        <v>220</v>
+        <v>221</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" t="s">
+        <v>222</v>
+      </c>
+      <c r="B65" t="s">
+        <v>189</v>
+      </c>
+      <c r="C65" t="s">
+        <v>9</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="G65" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" t="s">
+        <v>225</v>
+      </c>
+      <c r="B66" t="s">
+        <v>189</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="G66" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" t="s">
+        <v>228</v>
+      </c>
+      <c r="B67" t="s">
+        <v>189</v>
+      </c>
+      <c r="C67" t="s">
+        <v>19</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="G67" t="s">
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -2808,50 +2923,53 @@
     <hyperlink ref="F40" r:id="rId39"/>
     <hyperlink ref="F41" r:id="rId40"/>
     <hyperlink ref="F42" r:id="rId41"/>
     <hyperlink ref="F43" r:id="rId42"/>
     <hyperlink ref="F44" r:id="rId43"/>
     <hyperlink ref="F45" r:id="rId44"/>
     <hyperlink ref="F46" r:id="rId45"/>
     <hyperlink ref="F47" r:id="rId46"/>
     <hyperlink ref="F48" r:id="rId47"/>
     <hyperlink ref="F49" r:id="rId48"/>
     <hyperlink ref="F50" r:id="rId49"/>
     <hyperlink ref="F51" r:id="rId50"/>
     <hyperlink ref="F52" r:id="rId51"/>
     <hyperlink ref="F53" r:id="rId52"/>
     <hyperlink ref="F54" r:id="rId53"/>
     <hyperlink ref="F55" r:id="rId54"/>
     <hyperlink ref="F56" r:id="rId55"/>
     <hyperlink ref="F57" r:id="rId56"/>
     <hyperlink ref="F58" r:id="rId57"/>
     <hyperlink ref="F59" r:id="rId58"/>
     <hyperlink ref="F60" r:id="rId59"/>
     <hyperlink ref="F61" r:id="rId60"/>
     <hyperlink ref="F62" r:id="rId61"/>
     <hyperlink ref="F63" r:id="rId62"/>
     <hyperlink ref="F64" r:id="rId63"/>
+    <hyperlink ref="F65" r:id="rId64"/>
+    <hyperlink ref="F66" r:id="rId65"/>
+    <hyperlink ref="F67" r:id="rId66"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>